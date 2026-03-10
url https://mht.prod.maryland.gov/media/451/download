--- v0 (2026-01-20)
+++ v1 (2026-03-10)
@@ -1,976 +1,1257 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5623BF89" w14:textId="0F85097F" w:rsidR="00C9613C" w:rsidRPr="00791770" w:rsidRDefault="004379AB" w:rsidP="00125470">
+    <w:p w14:paraId="2719ED4F" w14:textId="77777777" w:rsidR="00DA4DA1" w:rsidRPr="004C6AB0" w:rsidRDefault="0033329D" w:rsidP="004C6AB0">
       <w:pPr>
-        <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004C6AB0">
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="035E34F6" wp14:editId="2187C940">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C1A4DFF" wp14:editId="32B7360E">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1562431</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>5048250</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>84925</wp:posOffset>
+                  <wp:posOffset>6350</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2724150" cy="715010"/>
-[...2 lines deleted...]
-                <wp:docPr id="550641547" name="Text Box 2"/>
+                <wp:extent cx="1789430" cy="1404620"/>
+                <wp:effectExtent l="0" t="0" r="20320" b="11430"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2724150" cy="715010"/>
+                          <a:ext cx="1789430" cy="1404620"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
-                          <a:noFill/>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="50301208" w14:textId="33E7B102" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                          <w:p w14:paraId="47FBAA67" w14:textId="1730C1B8" w:rsidR="0033329D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                             <w:pPr>
-                              <w:ind w:left="90"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C9613C">
-                              <w:t>Maryland Department of Planning</w:t>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Date Filed: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5F30AF2C" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                          <w:p w14:paraId="258CD658" w14:textId="5E5DFDFF" w:rsidR="00B85E8D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                             <w:pPr>
-                              <w:ind w:left="90"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C9613C">
-                              <w:t>Maryland Historical Trust</w:t>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>Check if update:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:alias w:val="checkbox"/>
+                                <w:tag w:val="checkbox"/>
+                                <w:id w:val="343607926"/>
+                                <w14:checkbox>
+                                  <w14:checked w14:val="0"/>
+                                  <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
+                                  <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
+                                </w14:checkbox>
+                              </w:sdtPr>
+                              <w:sdtContent>
+                                <w:r w:rsidRPr="00C72FCB">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="22"/>
+                                    <w:szCs w:val="22"/>
+                                  </w:rPr>
+                                  <w:t>o</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="69BD04E5" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                          <w:p w14:paraId="1CCC7767" w14:textId="4376D1B1" w:rsidR="00B85E8D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                             <w:pPr>
-                              <w:ind w:left="90"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C9613C">
-                              <w:t>100 Community Place</w:t>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>Site Number: 18</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1371C433" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                          <w:p w14:paraId="1A41CEBF" w14:textId="690533D5" w:rsidR="00B85E8D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                             <w:pPr>
-                              <w:ind w:left="90"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00C9613C">
-                              <w:t>Crownsville, Maryland 21032</w:t>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>County:</w:t>
                             </w:r>
+                            <w:r w:rsidRPr="00C72FCB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:sdt>
+                              <w:sdtPr>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                </w:rPr>
+                                <w:alias w:val="choose a county"/>
+                                <w:tag w:val="county"/>
+                                <w:id w:val="632287788"/>
+                                <w:placeholder>
+                                  <w:docPart w:val="186C942FDB384CA4AD9EE0D01C401C63"/>
+                                </w:placeholder>
+                                <w:showingPlcHdr/>
+                                <w:dropDownList>
+                                  <w:listItem w:displayText="Allegany" w:value="Allegany"/>
+                                  <w:listItem w:displayText="Anne Arundel" w:value="Anne Arundel"/>
+                                  <w:listItem w:displayText="Baltimore" w:value="Baltimore"/>
+                                  <w:listItem w:displayText="Baltimore City" w:value="Baltimore City"/>
+                                  <w:listItem w:displayText="Calvert" w:value="Calvert"/>
+                                  <w:listItem w:displayText="Caroline" w:value="Caroline"/>
+                                  <w:listItem w:displayText="Carroll" w:value="Carroll"/>
+                                  <w:listItem w:displayText="Cecil" w:value="Cecil"/>
+                                  <w:listItem w:displayText="Charles" w:value="Charles"/>
+                                  <w:listItem w:displayText="Dorchester" w:value="Dorchester"/>
+                                  <w:listItem w:displayText="Frederick" w:value="Frederick"/>
+                                  <w:listItem w:displayText="Garrett" w:value="Garrett"/>
+                                  <w:listItem w:displayText="Harford" w:value="Harford"/>
+                                  <w:listItem w:displayText="Howard" w:value="Howard"/>
+                                  <w:listItem w:displayText="Kent" w:value="Kent"/>
+                                  <w:listItem w:displayText="Montgomery" w:value="Montgomery"/>
+                                  <w:listItem w:displayText="Prince George's" w:value="Prince George's"/>
+                                  <w:listItem w:displayText="Queen Anne's" w:value="Queen Anne's"/>
+                                  <w:listItem w:displayText="St. Mary's" w:value="St. Mary's"/>
+                                  <w:listItem w:displayText="Somerset" w:value="Somerset"/>
+                                  <w:listItem w:displayText="Talbot" w:value="Talbot"/>
+                                  <w:listItem w:displayText="Washington" w:value="Washington"/>
+                                  <w:listItem w:displayText="Wicomico" w:value="Wicomico"/>
+                                  <w:listItem w:displayText="Worcester" w:value="Worcester"/>
+                                </w:dropDownList>
+                              </w:sdtPr>
+                              <w:sdtContent>
+                                <w:r w:rsidRPr="00C72FCB">
+                                  <w:rPr>
+                                    <w:rStyle w:val="PlaceholderText"/>
+                                    <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                                    <w:b/>
+                                    <w:bCs/>
+                                  </w:rPr>
+                                  <w:t>choose a county</w:t>
+                                </w:r>
+                              </w:sdtContent>
+                            </w:sdt>
                           </w:p>
-                          <w:p w14:paraId="4CE60885" w14:textId="33B4A341" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
-                        <a:noAutofit/>
+                        <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="035E34F6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="4C1A4DFF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:123.05pt;margin-top:6.7pt;width:214.5pt;height:56.3pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt4JK0CwIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L46NZGmNOEWXLsOA&#10;rhvQ7QNkWY6FyaJGKbG7rx8lp2nQ3YbpIJAi9UQ+Pq1vxt6wo0KvwVY8n805U1ZCo+2+4j++795d&#10;ceaDsI0wYFXFn5TnN5u3b9aDK1UBHZhGISMQ68vBVbwLwZVZ5mWneuFn4JSlYAvYi0Au7rMGxUDo&#10;vcmK+fx9NgA2DkEq7+n0bgryTcJvWyXD17b1KjBTcaotpB3TXsc926xFuUfhOi1PZYh/qKIX2tKj&#10;Z6g7EQQ7oP4LqtcSwUMbZhL6DNpWS5V6oG7y+atuHjvhVOqFyPHuTJP/f7Dy4fjoviEL4wcYaYCp&#10;Ce/uQf70zMK2E3avbhFh6JRo6OE8UpYNzpenq5FqX/oIUg9foKEhi0OABDS22EdWqE9G6DSApzPp&#10;agxM0mGxKhb5kkKSYiuy8jSVTJTPtx368ElBz6JRcaShJnRxvPchViPK55T4mAejm502Jjm4r7cG&#10;2VGQAHZppQZepRnLhopfL4tlQrYQ7ydt9DqQQI3uK341j2uSTGTjo21SShDaTDZVYuyJnsjIxE0Y&#10;65ESI001NE9EFMIkRPo4ZHSAvzkbSIQV978OAhVn5rMlsq/zxSKqNjmL5aogBy8j9WVEWElQFQ+c&#10;TeY2JKVHHizc0lBanfh6qeRUK4kr0Xj6CFG9l37Kevmumz8AAAD//wMAUEsDBBQABgAIAAAAIQBD&#10;bxRc3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUaUgdCnAqQQFxb&#10;+gFOvE0i4nUUu0369ywnOO7M0+xMuV3cIM44hd6ThvUqAYHUeNtTq+Hw9X7/CCJEQ9YMnlDDBQNs&#10;q+ur0hTWz7TD8z62gkMoFEZDF+NYSBmaDp0JKz8isXf0kzORz6mVdjIzh7tBpkmipDM98YfOjPjW&#10;YfO9PzkNx8/5bvM01x/xkO8y9Wr6vPYXrW9vlpdnEBGX+AfDb32uDhV3qv2JbBCDhjRTa0bZeMhA&#10;MKDyDQs1C6lKQFal/D+h+gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCt4JK0CwIAAPYD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBDbxRc3QAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" stroked="f">
-                <v:textbox>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:397.5pt;margin-top:.5pt;width:140.9pt;height:110.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVIKlXFAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7oudzGkTI07Rpcsw&#10;oPsAuj2ALMu2MFnUJCV29vSlZDcNuu0yzAdBMqk/yR+pzc3QKXIU1knQBZ3PUkqE5lBJ3RT0+7f9&#10;mxUlzjNdMQVaFPQkHL3Zvn616U0uFtCCqoQlKKJd3puCtt6bPEkcb0XH3AyM0GiswXbM49E2SWVZ&#10;j+qdShZpepX0YCtjgQvn8O/daKTbqF/Xgvsvde2EJ6qgmJuPq41rGdZku2F5Y5lpJZ/SYP+QRcek&#10;xqBnqTvmGTlY+ZtUJ7kFB7WfcegSqGvJRawBq5mnL6p5aJkRsRaE48wZk/t/svzz8cF8tcQP72DA&#10;BsYinLkH/sMRDbuW6UbcWgt9K1iFgecBWdIbl09XA2qXuyBS9p+gwiazg4coNNS2C1SwToLq2IDT&#10;GboYPOEh5PVqnb1FE0fbPEuzq0VsS8Lyp+vGOv9BQEfCpqAWuxrl2fHe+ZAOy59cQjQHSlZ7qVQ8&#10;2KbcKUuODCdgH79YwQs3pUlf0PVysRwJ/FUijd+fJDrpcZSV7Aq6OjuxPHB7r6s4aJ5JNe4xZaUn&#10;kIHdSNEP5UBkNVEOXEuoTkjWwji5+NJw04L9RUmPU1tQ9/PArKBEfdTYnfU8y8KYx0O2vEaUxF5a&#10;yksL0xylCuopGbc7H59G5GZusYt7Gfk+ZzKljNMYsU8vJ4z75Tl6Pb/v7SMAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBpz4Hn3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Bb8IwDIXvSPyHyEi7oJGO&#10;qWXrmqINidNOdOweGq+t1jhdEqD8+5kT+GJZ39Pze8V6tL04oQ+dIwVPiwQEUu1MR42C/df28QVE&#10;iJqM7h2hggsGWJfTSaFz4860w1MVG8EmFHKtoI1xyKUMdYtWh4UbkJj9OG915NM30nh9ZnPby2WS&#10;ZNLqjvhDqwfctFj/VkerIPurnuef32ZOu8v2w9c2NZt9qtTDbHx/AxFxjDcxXONzdCg508EdyQTR&#10;K1i9ptwlMuB15ckq4y4HBUsekGUh7yuU/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDV&#10;IKlXFAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBpz4Hn3QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+                <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="50301208" w14:textId="33E7B102" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                    <w:p w14:paraId="47FBAA67" w14:textId="1730C1B8" w:rsidR="0033329D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                       <w:pPr>
-                        <w:ind w:left="90"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C9613C">
-                        <w:t>Maryland Department of Planning</w:t>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Date Filed: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5F30AF2C" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                    <w:p w14:paraId="258CD658" w14:textId="5E5DFDFF" w:rsidR="00B85E8D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                       <w:pPr>
-                        <w:ind w:left="90"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C9613C">
-                        <w:t>Maryland Historical Trust</w:t>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>Check if update:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:alias w:val="checkbox"/>
+                          <w:tag w:val="checkbox"/>
+                          <w:id w:val="343607926"/>
+                          <w14:checkbox>
+                            <w14:checked w14:val="0"/>
+                            <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
+                            <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
+                          </w14:checkbox>
+                        </w:sdtPr>
+                        <w:sdtContent>
+                          <w:r w:rsidRPr="00C72FCB">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
+                            <w:t>o</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="69BD04E5" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                    <w:p w14:paraId="1CCC7767" w14:textId="4376D1B1" w:rsidR="00B85E8D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                       <w:pPr>
-                        <w:ind w:left="90"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C9613C">
-                        <w:t>100 Community Place</w:t>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>Site Number: 18</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1371C433" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
+                    <w:p w14:paraId="1A41CEBF" w14:textId="690533D5" w:rsidR="00B85E8D" w:rsidRPr="00C72FCB" w:rsidRDefault="00B85E8D">
                       <w:pPr>
-                        <w:ind w:left="90"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00C9613C">
-                        <w:t>Crownsville, Maryland 21032</w:t>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>County:</w:t>
                       </w:r>
+                      <w:r w:rsidRPr="00C72FCB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:sdt>
+                        <w:sdtPr>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                          </w:rPr>
+                          <w:alias w:val="choose a county"/>
+                          <w:tag w:val="county"/>
+                          <w:id w:val="632287788"/>
+                          <w:placeholder>
+                            <w:docPart w:val="186C942FDB384CA4AD9EE0D01C401C63"/>
+                          </w:placeholder>
+                          <w:showingPlcHdr/>
+                          <w:dropDownList>
+                            <w:listItem w:displayText="Allegany" w:value="Allegany"/>
+                            <w:listItem w:displayText="Anne Arundel" w:value="Anne Arundel"/>
+                            <w:listItem w:displayText="Baltimore" w:value="Baltimore"/>
+                            <w:listItem w:displayText="Baltimore City" w:value="Baltimore City"/>
+                            <w:listItem w:displayText="Calvert" w:value="Calvert"/>
+                            <w:listItem w:displayText="Caroline" w:value="Caroline"/>
+                            <w:listItem w:displayText="Carroll" w:value="Carroll"/>
+                            <w:listItem w:displayText="Cecil" w:value="Cecil"/>
+                            <w:listItem w:displayText="Charles" w:value="Charles"/>
+                            <w:listItem w:displayText="Dorchester" w:value="Dorchester"/>
+                            <w:listItem w:displayText="Frederick" w:value="Frederick"/>
+                            <w:listItem w:displayText="Garrett" w:value="Garrett"/>
+                            <w:listItem w:displayText="Harford" w:value="Harford"/>
+                            <w:listItem w:displayText="Howard" w:value="Howard"/>
+                            <w:listItem w:displayText="Kent" w:value="Kent"/>
+                            <w:listItem w:displayText="Montgomery" w:value="Montgomery"/>
+                            <w:listItem w:displayText="Prince George's" w:value="Prince George's"/>
+                            <w:listItem w:displayText="Queen Anne's" w:value="Queen Anne's"/>
+                            <w:listItem w:displayText="St. Mary's" w:value="St. Mary's"/>
+                            <w:listItem w:displayText="Somerset" w:value="Somerset"/>
+                            <w:listItem w:displayText="Talbot" w:value="Talbot"/>
+                            <w:listItem w:displayText="Washington" w:value="Washington"/>
+                            <w:listItem w:displayText="Wicomico" w:value="Wicomico"/>
+                            <w:listItem w:displayText="Worcester" w:value="Worcester"/>
+                          </w:dropDownList>
+                        </w:sdtPr>
+                        <w:sdtContent>
+                          <w:r w:rsidRPr="00C72FCB">
+                            <w:rPr>
+                              <w:rStyle w:val="PlaceholderText"/>
+                              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                              <w:b/>
+                              <w:bCs/>
+                            </w:rPr>
+                            <w:t>choose a county</w:t>
+                          </w:r>
+                        </w:sdtContent>
+                      </w:sdt>
                     </w:p>
-                    <w:p w14:paraId="4CE60885" w14:textId="33B4A341" w:rsidR="00C9613C" w:rsidRPr="00C9613C" w:rsidRDefault="00C9613C"/>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C9613C" w:rsidRPr="00791770">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Date Filed: </w:t>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:t>Maryland Historical Trust</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:br/>
+        <w:t>Maryland Inventory of</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4522C" w:rsidRPr="004C6AB0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:br/>
+        <w:t xml:space="preserve">Historic Properties (Archaeology) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FAAB387" w14:textId="4952528E" w:rsidR="003D7363" w:rsidRDefault="00C9613C" w:rsidP="00125470">
-[...117 lines deleted...]
-    <w:p w14:paraId="719793F0" w14:textId="663A28C5" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="000614A3">
+    <w:p w14:paraId="57B1BA86" w14:textId="7B762F3E" w:rsidR="001D7A0F" w:rsidRPr="009A685D" w:rsidRDefault="00DA4DA1" w:rsidP="009A685D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00791770">
-[...3 lines deleted...]
-        <w:t>DESIGNATION</w:t>
+      <w:r w:rsidRPr="009A685D">
+        <w:t xml:space="preserve">Basic Data </w:t>
+      </w:r>
+      <w:r w:rsidR="0033329D" w:rsidRPr="009A685D">
+        <w:t>Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304AFDD4" w14:textId="4D11CFAF" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
+    <w:p w14:paraId="719793F0" w14:textId="663A28C5" w:rsidR="00AA3CED" w:rsidRPr="00611D7A" w:rsidRDefault="00AA3CED" w:rsidP="00611D7A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00611D7A">
+        <w:t>A.  DESIGNATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304AFDD4" w14:textId="4D11CFAF" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="009042DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="002B06F6">
         <w:t xml:space="preserve">Site Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="Site Name"/>
           <w:tag w:val="Site Name"/>
           <w:id w:val="-1070419507"/>
           <w:placeholder>
             <w:docPart w:val="461E49D0EA20422D8CCDC459E5B49A96"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00F1591E">
             <w:t xml:space="preserve">          </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="47F8719A" w14:textId="4AD5629F" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Alternate Site Name/Number: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="alternate name/number"/>
           <w:tag w:val="alternate name/number"/>
           <w:id w:val="2000537016"/>
           <w:placeholder>
             <w:docPart w:val="AD3C643605064DCB90B9C0A3A39FD442"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00763672">
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="212AF4A4" w14:textId="3777242B" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Site Type (describe site chronology and function; see instruction): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="site type"/>
           <w:tag w:val="site type"/>
           <w:id w:val="-2088600510"/>
           <w:placeholder>
             <w:docPart w:val="7F64504E5063446082144C6E54BF4B25"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00763672">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="07F80D4D" w14:textId="30FCC947" w:rsidR="00AA3CED" w:rsidRPr="000955A6" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
+    <w:p w14:paraId="4570702F" w14:textId="058C9BBC" w:rsidR="001152C0" w:rsidRPr="001152C0" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Prehistoric</w:t>
       </w:r>
       <w:r w:rsidR="00C4315C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="877138223"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1657226457"/>
+          <w:placeholder>
+            <w:docPart w:val="DABD736101B54659867A9537B4AE7D53"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00763672">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00A91F2E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
-        <w:tab/>
+      <w:r w:rsidR="00A91F2E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91F2E" w:rsidRPr="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
         <w:t>Historic</w:t>
       </w:r>
-      <w:r w:rsidR="00C4315C">
+      <w:r w:rsidR="00A91F2E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1436738591"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1691675404"/>
+          <w:placeholder>
+            <w:docPart w:val="A06C16B698A74BD4BF2B780CF8F1863F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00833782" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0" w:rsidRPr="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0" w:rsidRPr="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:tab/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Unknown </w:t>
+        <w:t>Unknown</w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2123067656"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1551581210"/>
+          <w:placeholder>
+            <w:docPart w:val="8189C39D6DAE4316B78E62C4FF566F00"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00833782" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5222EEA8" w14:textId="00C87955" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
+    <w:p w14:paraId="5222EEA8" w14:textId="45E0B078" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000955A6">
         <w:t>Terrestrial</w:t>
       </w:r>
       <w:r w:rsidR="00C4315C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-652599049"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1926018391"/>
+          <w:placeholder>
+            <w:docPart w:val="35AF6B8D294F4D69985EE972BD62318E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00833782" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000955A6">
         <w:t>Submerged/Underwater</w:t>
       </w:r>
       <w:r w:rsidR="00C4315C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="106546326"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1686892707"/>
+          <w:placeholder>
+            <w:docPart w:val="5116ECC921F24A69BE5A512E1F3F1F7B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00833782" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="000955A6">
-        <w:tab/>
         <w:t>Both</w:t>
       </w:r>
       <w:r w:rsidR="00C4315C">
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000955A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1435250977"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="252551529"/>
+          <w:placeholder>
+            <w:docPart w:val="744363F80CEE4FE39F73B538EFB0F2FD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00FD630E" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03649980" w14:textId="77777777" w:rsidR="00AA3CED" w:rsidRPr="000955A6" w:rsidRDefault="00AA3CED" w:rsidP="000614A3">
+    <w:p w14:paraId="03649980" w14:textId="77777777" w:rsidR="00AA3CED" w:rsidRPr="000955A6" w:rsidRDefault="00AA3CED" w:rsidP="00611D7A">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="000955A6">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
         <w:t>LOCATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6478F18D" w14:textId="77777777" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000955A6">
         <w:t>Include section of quad or chart on page 4 and mark site location</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED7A67C" w14:textId="6D4D1F66" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00882535">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">USGS 7.5’ Quadrangle(s): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="USGS quadrangle"/>
           <w:tag w:val="quadrangle"/>
           <w:id w:val="555435879"/>
           <w:placeholder>
             <w:docPart w:val="405AB017577F47BEAF9FB8AA7889F898"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="021AAAFB" w14:textId="3F4487D3" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00882535">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E5F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(For underwater sites) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">NOAA Chart No.: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="NOAA chart number"/>
           <w:tag w:val="NOAA chart number"/>
           <w:id w:val="-415162234"/>
           <w:placeholder>
             <w:docPart w:val="F652BB832AE2476A80EABA9C6A2FDBEB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="541E210B" w14:textId="037A51AD" w:rsidR="00AA3CED" w:rsidRPr="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00882535">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Latitude in decimal degrees: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="latitude"/>
           <w:tag w:val="latitude"/>
           <w:id w:val="161290290"/>
           <w:placeholder>
             <w:docPart w:val="BEC14FB83AE147E0B0209AB104D3F804"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="22E6963E" w14:textId="67282762" w:rsidR="00AA3CED" w:rsidRPr="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00882535">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Longitude in decimal degrees: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="longitude"/>
           <w:tag w:val="longitude"/>
           <w:id w:val="-10997360"/>
           <w:placeholder>
             <w:docPart w:val="D103B41C555549FAA2FCEB9CB8CEF953"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="031E7A94" w14:textId="44D6913B" w:rsidR="00AA3CED" w:rsidRPr="000955A6" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Maryland Archaeological Research Unit Number: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="MD archaeological research unit number"/>
           <w:tag w:val="MD archaeological research unit number"/>
           <w:id w:val="-1738243116"/>
           <w:placeholder>
             <w:docPart w:val="0D2F6675A007402F8923A24EC693375C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="43514021" w14:textId="598AEF99" w:rsidR="00AA3CED" w:rsidRPr="000955A6" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Physiographic Province (</w:t>
       </w:r>
       <w:r w:rsidR="00EB5269">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>pick</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> one</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00205664">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="physiographic province"/>
           <w:tag w:val="physiographic province"/>
           <w:id w:val="-1736233418"/>
           <w:placeholder>
             <w:docPart w:val="B9BF61DBDB7F4342940D91681BD388CC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="Allegheny Plateau" w:value="Allegheny Plateau"/>
             <w:listItem w:displayText="Ridge and Valley" w:value="Ridge and Valley"/>
             <w:listItem w:displayText="Lancaster/Frederick Lowland" w:value="Lancaster/Frederick Lowland"/>
             <w:listItem w:displayText="Eastern Piedmont" w:value="Eastern Piedmont"/>
             <w:listItem w:displayText="Great Valley" w:value="Great Valley"/>
             <w:listItem w:displayText="Western Shore Coastal Plain" w:value="Western Shore Coastal Plain"/>
             <w:listItem w:displayText="Blue Ridge" w:value="Blue Ridge"/>
             <w:listItem w:displayText="Eastern Shore Coastal Plain" w:value="Eastern Shore Coastal Plain"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00EB5269">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>c</w:t>
           </w:r>
           <w:r w:rsidR="00205664" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>hoose</w:t>
           </w:r>
           <w:r w:rsidR="00EB5269">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidR="00205664" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
@@ -986,2784 +1267,3534 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Major Watershed/</w:t>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Underwater</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> Zone </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(see instructions for map and list)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:id w:val="-342098493"/>
           <w:placeholder>
             <w:docPart w:val="F22D4162E73C4E468F2C9CC2744A09FA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="Youghiogheny River" w:value="Youghiogheny River"/>
             <w:listItem w:displayText="North Branch Potomac River" w:value="North Branch Potomac River"/>
             <w:listItem w:displayText="Upper Potomac River" w:value="Upper Potomac River"/>
             <w:listItem w:displayText="Middle Potomac River" w:value="Middle Potomac River"/>
             <w:listItem w:displayText="Washington Metro" w:value="Washington Metro"/>
             <w:listItem w:displayText="Lower Potomac River" w:value="Lower Potomac River"/>
             <w:listItem w:displayText="Patuxent River" w:value="Patuxent River"/>
             <w:listItem w:displayText="West Chesapeake" w:value="West Chesapeake"/>
             <w:listItem w:displayText="Patapsco River" w:value="Patapsco River"/>
             <w:listItem w:displayText="Conewago Creek" w:value="Conewago Creek"/>
             <w:listItem w:displayText="Gunpowder River" w:value="Gunpowder River"/>
             <w:listItem w:displayText="Lower Susquehanna River" w:value="Lower Susquehanna River"/>
             <w:listItem w:displayText="Bush River" w:value="Bush River"/>
             <w:listItem w:displayText="Chesapeake Bay" w:value="Chesapeake Bay"/>
             <w:listItem w:displayText="Elk River" w:value="Elk River"/>
             <w:listItem w:displayText="Chester River" w:value="Chester River"/>
             <w:listItem w:displayText="Choptank River" w:value="Choptank River"/>
             <w:listItem w:displayText="Nanticoke River" w:value="Nanticoke River"/>
             <w:listItem w:displayText="Pocomoke River" w:value="Pocomoke River"/>
             <w:listItem w:displayText="Coastal Area" w:value="Coastal Area"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="005577E2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>choose from list</w:t>
           </w:r>
           <w:r w:rsidR="00EB5269">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2D6B48D6" w14:textId="743D81E8" w:rsidR="00AA3CED" w:rsidRPr="00791770" w:rsidRDefault="00AA3CED" w:rsidP="000614A3">
+    <w:p w14:paraId="2D6B48D6" w14:textId="743D81E8" w:rsidR="00AA3CED" w:rsidRPr="00791770" w:rsidRDefault="00AA3CED" w:rsidP="00611D7A">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>C.  ENVIRONMENTAL DATA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2678C1" w14:textId="6A13555E" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Nearest Water Source: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="water source"/>
           <w:tag w:val="water source"/>
           <w:id w:val="446051458"/>
           <w:placeholder>
             <w:docPart w:val="9281E81906E445C78A20E4E7CAAADA90"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71206AA4" w14:textId="050C7525" w:rsidR="00B37C17" w:rsidRDefault="00B37C17" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD5448">
         <w:t>Closest</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> Surface Water Type </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A38EB87" w14:textId="54E61543" w:rsidR="00B37C17" w:rsidRDefault="00B37C17" w:rsidP="00B37C17">
+    <w:p w14:paraId="1A38EB87" w14:textId="133E3D88" w:rsidR="00B37C17" w:rsidRDefault="00B37C17" w:rsidP="001152C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2700"/>
-          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="5130"/>
+          <w:tab w:val="right" w:pos="7290"/>
           <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00393427">
         <w:t>Ocean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="455449612"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="751619127"/>
+          <w:placeholder>
+            <w:docPart w:val="D9E124D252F048BEA2D2F3E8D86CFE76"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Freshwater</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Swamp</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="196827189"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="620895133"/>
+          <w:placeholder>
+            <w:docPart w:val="E1106C6510F242E0B8C950E38BBA9822"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Lake or Pond</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1234393327"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1993009735"/>
+          <w:placeholder>
+            <w:docPart w:val="3450096341CC491D848C1EAC4C22C9C8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r>
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Estuarine</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Bay/Tidal River</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1477371466"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1009911426"/>
+          <w:placeholder>
+            <w:docPart w:val="C010850195F647A1AA85378640DEB787"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6EFEBD59" w14:textId="448BADC8" w:rsidR="00AA3CED" w:rsidRPr="00393427" w:rsidRDefault="00B37C17" w:rsidP="007F6ECC">
+    <w:p w14:paraId="6EFEBD59" w14:textId="45201ED7" w:rsidR="00AA3CED" w:rsidRPr="00393427" w:rsidRDefault="00B37C17" w:rsidP="001152C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2700"/>
-          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="left" w:pos="3150"/>
+          <w:tab w:val="left" w:pos="5850"/>
           <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
       </w:pPr>
       <w:r w:rsidRPr="00393427">
         <w:t>Spring</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1538426088"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-2047129222"/>
+          <w:placeholder>
+            <w:docPart w:val="4B0DF702900546ED892239EA529CE59B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Tidal or Marsh</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1953981867"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-440538290"/>
+          <w:placeholder>
+            <w:docPart w:val="7D8CF71069274DE2888D4943214BEEB1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00393427">
         <w:t>Freshwater Stream/River</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="423611396"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1423102260"/>
+          <w:placeholder>
+            <w:docPart w:val="FDF961277405497A8EA5358655D95D2D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="001152C0" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2FB0BA74" w14:textId="43913CAD" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Distance from closest surface water: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="distance m."/>
           <w:tag w:val="distance m."/>
           <w:id w:val="-1143960528"/>
           <w:placeholder>
             <w:docPart w:val="ED1A752367184208A06809264BC25443"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> meters (or </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="distance ft."/>
           <w:tag w:val="distance ft."/>
           <w:id w:val="1703516770"/>
           <w:placeholder>
             <w:docPart w:val="209F00D6192B47A888678BFA2B994682"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> feet)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34D974E4" w14:textId="374C0E55" w:rsidR="00AA3CED" w:rsidRDefault="007E5F9E" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="007E5F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(For underwater sites) </w:t>
       </w:r>
       <w:r w:rsidR="00AA3CED" w:rsidRPr="00791770">
         <w:t xml:space="preserve">Current water speed: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="water speed"/>
           <w:tag w:val="water speed"/>
           <w:id w:val="-1196383719"/>
           <w:placeholder>
             <w:docPart w:val="31C2E7CB5C484B6F832ACE41694AD5C6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AA3CED" w:rsidRPr="00791770">
         <w:t xml:space="preserve"> knots</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C1D5A8F" w14:textId="7A9B6A5B" w:rsidR="00AA3CED" w:rsidRPr="00AA3CED" w:rsidRDefault="007E5F9E" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="007E5F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(For underwater sites) </w:t>
       </w:r>
       <w:r w:rsidR="00AA3CED" w:rsidRPr="00AA3CED">
         <w:t xml:space="preserve">Water Depth: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="water depth"/>
           <w:tag w:val="water depth"/>
           <w:id w:val="-966428750"/>
           <w:placeholder>
             <w:docPart w:val="F160C8BEF2D3453988C07E2EBF1A2AC8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AA3CED" w:rsidRPr="00AA3CED">
         <w:t xml:space="preserve"> meters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE1927C" w14:textId="0186F697" w:rsidR="00AA3CED" w:rsidRPr="00AA3CED" w:rsidRDefault="007E5F9E" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="007E5F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">(For underwater sites) </w:t>
       </w:r>
       <w:r w:rsidR="00AA3CED" w:rsidRPr="00AA3CED">
         <w:t xml:space="preserve">Water visibility: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="water visibility"/>
           <w:tag w:val="water visibility"/>
           <w:id w:val="227580635"/>
           <w:placeholder>
             <w:docPart w:val="80076E776B1C41EA90B560002CCD28C1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="349A3921" w14:textId="440DF640" w:rsidR="00AA3CED" w:rsidRDefault="00AA3CED" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA3CED">
         <w:t xml:space="preserve">SCS Soils Typology and/or Sediment Type: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="typology/sediment type"/>
           <w:tag w:val="SCS Soils typology"/>
           <w:id w:val="-604120752"/>
           <w:placeholder>
             <w:docPart w:val="A2959C1DA4D04FA483802352491C57E7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="557AD89F" w14:textId="44D7B298" w:rsidR="007F6ECC" w:rsidRDefault="007F6ECC" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="0058645E">
         <w:t>Topographic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Settings </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA844BD" w14:textId="7E8607E1" w:rsidR="007F6ECC" w:rsidRDefault="007F6ECC" w:rsidP="005E2E41">
+    <w:p w14:paraId="5BA844BD" w14:textId="14C62DED" w:rsidR="007F6ECC" w:rsidRDefault="007F6ECC" w:rsidP="005B0711">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5400"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1133"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Floodplain</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1167989209"/>
+          <w:placeholder>
+            <w:docPart w:val="026C0CFEEF9E40A2A75095600CF1183A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2E41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Interior Flat</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1498795707"/>
+          <w:placeholder>
+            <w:docPart w:val="0627E11C93A849019ACCC537E3D2146E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2E41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Terrace</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1473205567"/>
+          <w:placeholder>
+            <w:docPart w:val="72425DD910E8449C92BF9D58FF40DE24"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2E41">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Low Terrace</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1711102852"/>
+          <w:placeholder>
+            <w:docPart w:val="3405E9414635457ABA218F83BA1DF8E8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0711">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D79E4B5" w14:textId="21816957" w:rsidR="00F8124D" w:rsidRDefault="00F8124D" w:rsidP="00C02308">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3690"/>
+          <w:tab w:val="left" w:pos="6300"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1133"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>High Terrace</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-378091233"/>
+          <w:placeholder>
+            <w:docPart w:val="C60D218572454067A1487CF63EE5850F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4A58">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Hillslope</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1113244000"/>
+          <w:placeholder>
+            <w:docPart w:val="941CC890999549C2AB078A71D1D98CE1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4A58">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Hilltop/Bluff</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-772079066"/>
+          <w:placeholder>
+            <w:docPart w:val="F34F35C462EB42D690362324626FA369"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4A58">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Upland Flat</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1009673931"/>
+          <w:placeholder>
+            <w:docPart w:val="9E32551B1E7A40D1AF2D8D579AFDD14F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0711">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B948E7B" w14:textId="77777777" w:rsidR="00C02308" w:rsidRDefault="00F8124D" w:rsidP="00C02308">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+          <w:tab w:val="left" w:pos="7470"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1133"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Ridgetop</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1799798445"/>
+          <w:placeholder>
+            <w:docPart w:val="722D62C51AEE4CB08FA74F43CB084A1F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0711">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Rockshelter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00791770">
+        <w:t>/Cave</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="610407087"/>
+          <w:placeholder>
+            <w:docPart w:val="97DB588871064D4E91AA95821F467445"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Unknown</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-742566789"/>
+          <w:placeholder>
+            <w:docPart w:val="4E5286F75B8844FBA72287C469E67773"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0711">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2656B960" w14:textId="2BACB47B" w:rsidR="00F8124D" w:rsidRDefault="00F8124D" w:rsidP="00C02308">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="6480"/>
-          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Other</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="570008623"/>
+          <w:placeholder>
+            <w:docPart w:val="3A40470D3D974E9E8407671E08BC3A19"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B0711" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B0711" w:rsidRPr="005B0711">
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E102A4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...541 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other topographic setting"/>
           <w:tag w:val="other"/>
           <w:id w:val="-1673100182"/>
           <w:placeholder>
             <w:docPart w:val="9E10C4741E46400E875932C7FBA0AADA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B65DD2" w14:textId="346A4CD9" w:rsidR="00AA3CED" w:rsidRPr="004F024C" w:rsidRDefault="004F024C" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Slope: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="slope"/>
           <w:tag w:val="slope"/>
           <w:id w:val="-514063909"/>
           <w:placeholder>
             <w:docPart w:val="537D71FCA87843E59A4345B2E1D8583D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0E339888" w14:textId="5B4F6775" w:rsidR="004F024C" w:rsidRDefault="004F024C" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Elevation: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="elevation"/>
           <w:tag w:val="elevation"/>
           <w:id w:val="961163069"/>
           <w:placeholder>
             <w:docPart w:val="BFB9599C7E3540E5B6349739E7073F24"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> meters (or </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="elevation"/>
           <w:tag w:val="elevation"/>
           <w:id w:val="1652718351"/>
           <w:placeholder>
             <w:docPart w:val="5EB2CFEC17A94104B6A7808068815B37"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B84765">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> feet) above sea level</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11DCCFEC" w14:textId="77777777" w:rsidR="00D46036" w:rsidRDefault="00D46036">
-[...7 lines deleted...]
-    <w:p w14:paraId="40FC2881" w14:textId="43904CBD" w:rsidR="006D1E8A" w:rsidRDefault="006D1E8A" w:rsidP="00E102A4">
+    <w:p w14:paraId="40FC2881" w14:textId="1C34F17F" w:rsidR="006D1E8A" w:rsidRDefault="006D1E8A" w:rsidP="009042DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00335007">
-        <w:lastRenderedPageBreak/>
         <w:t>Land</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> use at site when last field checked </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEBE3D6" w14:textId="31F97430" w:rsidR="00882535" w:rsidRDefault="00882535" w:rsidP="001E7002">
+    <w:p w14:paraId="34AC4B45" w14:textId="2F9F782E" w:rsidR="00C02308" w:rsidRDefault="00882535" w:rsidP="00C02308">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2880"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="6210"/>
+          <w:tab w:val="right" w:pos="5040"/>
+          <w:tab w:val="right" w:pos="8010"/>
           <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Plowed/Tilled</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AD7E95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1553454984"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-337315496"/>
+          <w:placeholder>
+            <w:docPart w:val="4782EDD28DE64941BFE9C0AD735F9972"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>No-Till</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="994994959"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1770962105"/>
+          <w:placeholder>
+            <w:docPart w:val="78D9748A02D4401F9C0C4959A97D221F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Wooded/Forested</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-994947077"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1955360125"/>
+          <w:placeholder>
+            <w:docPart w:val="FB0B18A790E245AF956D06E29C1D5C11"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Logging/Logged</w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1274632815"/>
+          <w:placeholder>
+            <w:docPart w:val="7F4319A96B17452BA79B51287C10E603"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...83 lines deleted...]
-      </w:sdt>
     </w:p>
-    <w:p w14:paraId="5894DA6F" w14:textId="6C1EC701" w:rsidR="00882535" w:rsidRDefault="00882535" w:rsidP="001E7002">
+    <w:p w14:paraId="35123AB1" w14:textId="70018661" w:rsidR="00C02308" w:rsidRDefault="00882535" w:rsidP="00C02308">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2430"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="8190"/>
+          <w:tab w:val="right" w:pos="5940"/>
+          <w:tab w:val="right" w:pos="8100"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>Pasture</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Underbrush/Overgrown</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91F2E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-944001986"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-203105614"/>
+          <w:placeholder>
+            <w:docPart w:val="9ABA9012AD554017BF9580E96E22AF72"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Cemetery</w:t>
+        <w:t>Pasture</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1116029579"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1318612485"/>
+          <w:placeholder>
+            <w:docPart w:val="91DB65D38D4C4D68A187B5E906ECA232"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">Commercial </w:t>
+        <w:t>Cemetery</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="150344860"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="957765031"/>
+          <w:placeholder>
+            <w:docPart w:val="C28353CFBBEB49AEA7DF6F6A1DD900D4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Educational</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Commercial </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-535274529"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1249081866"/>
+          <w:placeholder>
+            <w:docPart w:val="2C6A5C5877DC4832997F6AB2871699DB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00791770">
-[...30 lines deleted...]
-      </w:sdt>
     </w:p>
-    <w:p w14:paraId="23417D0A" w14:textId="25AD69BD" w:rsidR="00882535" w:rsidRDefault="00882535" w:rsidP="001E7002">
+    <w:p w14:paraId="2DCF077B" w14:textId="51A308D4" w:rsidR="00C02308" w:rsidRDefault="00882535" w:rsidP="00183C28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2250"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="6570"/>
+          <w:tab w:val="right" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>Military</w:t>
+        <w:t>Educational</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="233597664"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="988515421"/>
+          <w:placeholder>
+            <w:docPart w:val="469C5FA6C9584ED1A8101152BCABD8F8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E7002">
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">Recreational </w:t>
+        <w:t>Extractive</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91F2E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="877898652"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-865757236"/>
+          <w:placeholder>
+            <w:docPart w:val="5E87D697D58A4011861B48DA9382F403"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E7002">
+      <w:r w:rsidRPr="00791770">
+        <w:t>Military</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="354004902"/>
+          <w:placeholder>
+            <w:docPart w:val="B8ADD1DF26FC47E49A5B15976729D23C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Residential</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Recreational </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="160125462"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1985845556"/>
+          <w:placeholder>
+            <w:docPart w:val="E44F02FF7AD24EC1905CD86E5CA3D4AD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E7002">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00791770">
-[...76 lines deleted...]
-      </w:sdt>
     </w:p>
-    <w:p w14:paraId="03A7DFB1" w14:textId="1ED4DAF0" w:rsidR="00882535" w:rsidRDefault="00882535" w:rsidP="001E7002">
+    <w:p w14:paraId="44153FAB" w14:textId="78B8BD66" w:rsidR="00183C28" w:rsidRDefault="00882535" w:rsidP="00183C28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3150"/>
-          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="right" w:pos="4770"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1133"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Residential</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-977600332"/>
+          <w:placeholder>
+            <w:docPart w:val="4C92EF6BA97F4EC99ACB1F46908BF3EE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Ruin</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1165243994"/>
+          <w:placeholder>
+            <w:docPart w:val="C88BA82D86E14B68A74E1E1E60E088F8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7002">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Standing Structure</w:t>
+      </w:r>
+      <w:r w:rsidR="00A91F2E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="2095812577"/>
+          <w:placeholder>
+            <w:docPart w:val="027CE8F3F0DA4893AC6F53DB33D5A020"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Transportation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-611970416"/>
+          <w:placeholder>
+            <w:docPart w:val="54FA601E73CE47C7A60FC2CF91681C78"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C02308">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7002">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A7DFB1" w14:textId="4A62D560" w:rsidR="00882535" w:rsidRDefault="00882535" w:rsidP="00183C28">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3330"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>Transportation</w:t>
+        <w:t>Unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1716734627"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1988511729"/>
+          <w:placeholder>
+            <w:docPart w:val="3417B1E44CFF4D958F49A5F8554060DE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E7002">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Unknown</w:t>
+        <w:t>Other</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="160369925"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1318419450"/>
+          <w:placeholder>
+            <w:docPart w:val="C0A257B575C4471399974A07E5E0C0BB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C02308" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00C02308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...29 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other land use"/>
           <w:tag w:val="other land use"/>
           <w:id w:val="725115482"/>
           <w:placeholder>
             <w:docPart w:val="045BF8C676C642C0B639774FBD4FFC19"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B456A16" w14:textId="00F6D692" w:rsidR="004F024C" w:rsidRDefault="004F024C" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E102A4">
         <w:t>Condition</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> of site:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="condition of site"/>
           <w:tag w:val="condition of site"/>
           <w:id w:val="320238885"/>
           <w:placeholder>
             <w:docPart w:val="0F1F6518FB4C4A9EAE01097BF528033F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="disturbed" w:value="disturbed"/>
             <w:listItem w:displayText="undistrubed" w:value="undistrubed"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00EB5269" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00EB5269">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="592750BE" w14:textId="5155811C" w:rsidR="00EB7F5C" w:rsidRDefault="005D2945" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00E102A4">
         <w:t>Cause</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> of disturbance/destruction </w:t>
       </w:r>
       <w:r w:rsidRPr="0074190D">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF0052D" w14:textId="39E268EF" w:rsidR="005D2945" w:rsidRDefault="005D2945" w:rsidP="00F02B06">
+    <w:p w14:paraId="5FF0052D" w14:textId="1FE96B5F" w:rsidR="005D2945" w:rsidRDefault="005D2945" w:rsidP="00183C28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3600"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="9180"/>
+          <w:tab w:val="right" w:pos="5310"/>
+          <w:tab w:val="right" w:pos="8370"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Plowed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2108800413"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="132846677"/>
+          <w:placeholder>
+            <w:docPart w:val="0EEED506BF20405BA6B81A0C79CF847B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Eroded/Eroding</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="657043617"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1816793965"/>
+          <w:placeholder>
+            <w:docPart w:val="F7FE7BFAF4ED4617BB8219F357368C24"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Graded/Contoured</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1779823963"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1282568788"/>
+          <w:placeholder>
+            <w:docPart w:val="DC8A4829E8594CC98BE55F8FF54461B8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Collected</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="342909149"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1935360689"/>
+          <w:placeholder>
+            <w:docPart w:val="6DA203A852B642CEB33A3E77059E56EE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44B3CF60" w14:textId="48847B53" w:rsidR="005D2945" w:rsidRDefault="005D2945" w:rsidP="009E5CB3">
+    <w:p w14:paraId="4DF1B0FC" w14:textId="28681224" w:rsidR="00183C28" w:rsidRDefault="005D2945" w:rsidP="00183C28">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="left" w:pos="5940"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1133"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Vandalized/Looted</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-381327278"/>
+          <w:placeholder>
+            <w:docPart w:val="ED8C9A1698DE4456B0138BD000812204"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02B06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Dredged</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-402757976"/>
+          <w:placeholder>
+            <w:docPart w:val="DA53BBC8FE5A444BB0D414AC74F1127D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02B06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Heavy</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02B06">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Marine Traffic</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="2094196054"/>
+          <w:placeholder>
+            <w:docPart w:val="F2F550BA80674C91BCC44FB9FA88DD73"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B3CF60" w14:textId="37442FFC" w:rsidR="005D2945" w:rsidRDefault="005D2945" w:rsidP="009E5CB3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="5490"/>
           <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1133"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>Vandalized/Looted</w:t>
+        <w:t>Other</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1362902071"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1002270483"/>
+          <w:placeholder>
+            <w:docPart w:val="D48F68935357422EA5909D454580CB29"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00F02B06">
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-        <w:t>Dredged</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...113 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other cause"/>
           <w:tag w:val="other cause"/>
           <w:id w:val="105699227"/>
           <w:placeholder>
             <w:docPart w:val="531BDF7118F349E88AD4EA9364EE90C0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7289F7F4" w14:textId="314D441F" w:rsidR="004F024C" w:rsidRDefault="004F024C" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Extent of disturbance:</w:t>
       </w:r>
       <w:r w:rsidR="00221869">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="extent of disturbance"/>
           <w:tag w:val="extent of disturbance"/>
           <w:id w:val="1615703893"/>
           <w:placeholder>
             <w:docPart w:val="7851738E7A1847BC9CA39DDD6E568B2D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="Minor (0-10%)" w:value="Minor (0-10%)"/>
             <w:listItem w:displayText="Moderate (10-60%)" w:value="Moderate (10-60%)"/>
             <w:listItem w:displayText="Major (60-90%)" w:value="Major (60-90%)"/>
             <w:listItem w:displayText="Total (100%)" w:value="Total (100%)"/>
             <w:listItem w:displayText="% unknown" w:value="% unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00221869" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00221869">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00221869" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="24424727" w14:textId="77777777" w:rsidR="000614A3" w:rsidRDefault="000614A3" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Describe site setting with respect to local natural and cultural landmarks (topography, hydrology, fences, structures, roads). Use continuation sheet if needed.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+        </w:rPr>
         <w:alias w:val="site setting"/>
         <w:tag w:val="site setting"/>
         <w:id w:val="-62488040"/>
         <w:placeholder>
           <w:docPart w:val="1D0A6258211244B3BEAF292286CA22B4"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="DefaultParagraphFont"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="3D5E00CB" w14:textId="384D9AEF" w:rsidR="000614A3" w:rsidRDefault="00BB3797" w:rsidP="00221869">
           <w:pPr>
             <w:ind w:left="1133"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Describe setting here</w:t>
           </w:r>
           <w:r w:rsidR="00221869" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61E68B2C" w14:textId="77777777" w:rsidR="000614A3" w:rsidRPr="00791770" w:rsidRDefault="000614A3" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -3776,316 +4807,347 @@
         <w:t>sheet</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">, if applicable.  Address </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>plowzone</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> (presence/absence), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>subplowzone</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> features and levels, if any, and how stratigraphy affects site integrity. Use continuation sheet if needed.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+        </w:rPr>
         <w:alias w:val="site stratigraphy"/>
         <w:tag w:val="site stratigraphy"/>
         <w:id w:val="1780683062"/>
         <w:placeholder>
           <w:docPart w:val="C964CB68534642828B412950A66E15B4"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="DefaultParagraphFont"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="459C9009" w14:textId="1D9EF758" w:rsidR="000614A3" w:rsidRDefault="00792FDD" w:rsidP="00221869">
+        <w:p w14:paraId="459C9009" w14:textId="52659249" w:rsidR="000614A3" w:rsidRDefault="00792FDD" w:rsidP="00221869">
           <w:pPr>
             <w:ind w:left="1133"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Describe stratigraphy here.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="52434AEF" w14:textId="4603E3D2" w:rsidR="000614A3" w:rsidRPr="000614A3" w:rsidRDefault="000614A3" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Site size: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="site size in meters by"/>
           <w:tag w:val="site size"/>
           <w:id w:val="24992580"/>
           <w:placeholder>
             <w:docPart w:val="9C7505E58731471FA169DA381E4C8160"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB3797">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> meters by </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="by meters for site size"/>
           <w:tag w:val="site size"/>
           <w:id w:val="-1829356001"/>
           <w:placeholder>
             <w:docPart w:val="ADEB27AB01D14F22868DC12FAAF9FF11"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB3797">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> meters (or </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="site size by feet by"/>
           <w:tag w:val="site size"/>
           <w:id w:val="1022827309"/>
           <w:placeholder>
             <w:docPart w:val="8AACF4B6A104466F9BE508DC921E7350"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB3797">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> feet by </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="by feet for site size"/>
           <w:tag w:val="site size"/>
           <w:id w:val="-1126316110"/>
           <w:placeholder>
             <w:docPart w:val="2B7FFB23E77F4B01A43C69EA4C8456D0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB3797">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> feet)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4691616F" w14:textId="77777777" w:rsidR="00703973" w:rsidRDefault="00703973">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5563B739" w14:textId="0775A040" w:rsidR="00B93322" w:rsidRDefault="000614A3" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Upload</w:t>
       </w:r>
       <w:r w:rsidRPr="005B0803">
         <w:t xml:space="preserve"> a sketch map of the site and immediate environs, here or on separate sheet</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00385D0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00385D0C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Please </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00385D0C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>right click</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00385D0C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and enter alt-text.)</w:t>
       </w:r>
       <w:r w:rsidR="00B93322">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="sketch"/>
         <w:tag w:val="sketch"/>
         <w:id w:val="768898369"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="33A02930" w14:textId="07BDE15A" w:rsidR="000614A3" w:rsidRDefault="000614A3" w:rsidP="00E102A4">
           <w:pPr>
             <w:ind w:left="1133"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C67FA02" wp14:editId="7E52F8EC">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="5080" b="3810"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C67FA02" wp14:editId="0D105311">
+                <wp:extent cx="5881370" cy="8172450"/>
+                <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                 <wp:docPr id="1" name="Picture 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name="Picture 3"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId11">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5956148" cy="8504006"/>
+                          <a:ext cx="5956150" cy="8276360"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="3D808B87" w14:textId="77777777" w:rsidR="00703973" w:rsidRDefault="00703973">
+    <w:p w14:paraId="025B1B2C" w14:textId="070B2C82" w:rsidR="00B93322" w:rsidRDefault="00674C2F" w:rsidP="00A91F2E">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Upload quadrangle map</w:t>
       </w:r>
       <w:r w:rsidR="00550EE3">
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">site location </w:t>
       </w:r>
       <w:r w:rsidR="00550EE3">
         <w:t xml:space="preserve">marked and an </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>arrow pointing to it.</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A1B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB4A1B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Please </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -4094,2837 +5156,3969 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>right click</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BB4A1B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and enter alt-text.)</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A1B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="quadrangle"/>
         <w:tag w:val="quadrangle"/>
         <w:id w:val="-685451458"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="5AF25E83" w14:textId="23965A6A" w:rsidR="000614A3" w:rsidRDefault="00B93322" w:rsidP="00D66464">
           <w:pPr>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C4461B7" wp14:editId="6BF4A68E">
-                <wp:extent cx="5878830" cy="8103870"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C4461B7" wp14:editId="576050A4">
+                <wp:extent cx="5878830" cy="8172450"/>
                 <wp:effectExtent l="0" t="0" r="7620" b="0"/>
                 <wp:docPr id="443677361" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId11">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5886269" cy="8114125"/>
+                          <a:ext cx="5886269" cy="8182792"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="58FA01C4" w14:textId="77777777" w:rsidR="00D66464" w:rsidRDefault="00D66464">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319F1BBE" w14:textId="23A68275" w:rsidR="000614A3" w:rsidRPr="00F4038C" w:rsidRDefault="000614A3" w:rsidP="000614A3">
+    <w:p w14:paraId="319F1BBE" w14:textId="0DE9AF62" w:rsidR="000614A3" w:rsidRPr="00F4038C" w:rsidRDefault="000614A3" w:rsidP="00611D7A">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:lastRenderedPageBreak/>
-        <w:t>D.  CONTEXT</w:t>
+        <w:t xml:space="preserve"> D.  CONTEXT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F1289C" w14:textId="061D7521" w:rsidR="000614A3" w:rsidRDefault="000614A3" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Cultural Affiliation </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AB2FAE" w14:textId="5860DCC0" w:rsidR="002B742B" w:rsidRPr="003E5715" w:rsidRDefault="002B742B" w:rsidP="004844AA">
+    <w:p w14:paraId="26AB2FAE" w14:textId="5860DCC0" w:rsidR="002B742B" w:rsidRPr="003E5715" w:rsidRDefault="002B742B" w:rsidP="00C6574F">
       <w:pPr>
+        <w:spacing w:after="80"/>
         <w:ind w:firstLine="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="003E5715">
         <w:t>PREHISTORIC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A56DE8" w14:textId="0DDD3D55" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="004844AA">
+    <w:p w14:paraId="31A56DE8" w14:textId="4FC9A869" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="00C6574F">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3330"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="9090"/>
+          <w:tab w:val="right" w:pos="4590"/>
+          <w:tab w:val="right" w:pos="6300"/>
+          <w:tab w:val="right" w:pos="8460"/>
+          <w:tab w:val="right" w:pos="10710"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:firstLine="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1254706164"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1163286275"/>
+          <w:placeholder>
+            <w:docPart w:val="3123FB06D94A49C3A9EAB0979343FF31"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Paleoindian</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1296985477"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1349444880"/>
+          <w:placeholder>
+            <w:docPart w:val="84C9B1AC9D4E4F1288BA7823F565E390"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Archaic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-525638564"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1893156598"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C30381E1CD406CB8BDDDC90C4865E2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Early Archaic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1832986653"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1330439587"/>
+          <w:placeholder>
+            <w:docPart w:val="EAACB7C2A364460E911F51CB18FBFC17"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Middle Archaic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="2082093620"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="556981272"/>
+          <w:placeholder>
+            <w:docPart w:val="F7AB64458C4A401985C05BEEC9E9FEC7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="010C6331" w14:textId="70214EED" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="004844AA">
+    <w:p w14:paraId="010C6331" w14:textId="7CEEA132" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="00C6574F">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3330"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="9090"/>
+          <w:tab w:val="right" w:pos="5220"/>
+          <w:tab w:val="right" w:pos="6930"/>
+          <w:tab w:val="right" w:pos="8370"/>
+          <w:tab w:val="right" w:pos="10710"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:firstLine="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Late Archaic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2115428906"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-441994631"/>
+          <w:placeholder>
+            <w:docPart w:val="CF9E27B7EF22496AB7150B7B2158D556"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Terminal Archaic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1238323323"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-73046602"/>
+          <w:placeholder>
+            <w:docPart w:val="5DB9657845E34FBDBFA8A4CC5941721C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Woodland</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="18825989"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="342055838"/>
+          <w:placeholder>
+            <w:docPart w:val="94BB138ADA6C4414A6AA22A842A3C1D3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Adena</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-624150863"/>
+          <w:placeholder>
+            <w:docPart w:val="1C730E1E1FEE4019A50405AB8E3371E4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Adena</w:t>
+        <w:t>Early Woodland</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1496180605"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1512752514"/>
+          <w:placeholder>
+            <w:docPart w:val="ED5CA52EC2AE492FAF166FD57EE322D2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...33 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A2700A0" w14:textId="46D5D34E" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="002B742B">
+    <w:p w14:paraId="02F97107" w14:textId="324F1D78" w:rsidR="008E6E1A" w:rsidRDefault="002B742B" w:rsidP="00C6574F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3330"/>
-          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:firstLine="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Middle Woodland</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1558851514"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1964222156"/>
+          <w:placeholder>
+            <w:docPart w:val="4BDDB1FB3DBA40E18D05EBA0C876C389"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Late Woodland</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-850954607"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-57399862"/>
+          <w:placeholder>
+            <w:docPart w:val="F3DDAA9FAEAF439391CD7A8D5BA7DDFC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2700A0" w14:textId="10342B04" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="00C6574F">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:firstLine="1170"/>
+      </w:pPr>
       <w:r w:rsidRPr="003E5715">
         <w:t>CONTACT</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1667391121"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="244157022"/>
+          <w:placeholder>
+            <w:docPart w:val="FE12CD4580B949C88A732CDABA977000"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3DFB5194" w14:textId="429A41C9" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="004844AA">
+    <w:p w14:paraId="1410F3FB" w14:textId="15E2AC63" w:rsidR="008E6E1A" w:rsidRDefault="002B742B" w:rsidP="00402982">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3330"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="9090"/>
+          <w:tab w:val="left" w:pos="2610"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:firstLine="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="003E5715">
         <w:t>HISTORIC</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1740518519"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-2136393546"/>
+          <w:placeholder>
+            <w:docPart w:val="A4BE67C6D6E1423780D13DDA7358DFF7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008E6E1A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00791770">
-[...80 lines deleted...]
-      </w:sdt>
     </w:p>
-    <w:p w14:paraId="2BB67FD5" w14:textId="1025275B" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="004844AA">
+    <w:p w14:paraId="3DFB5194" w14:textId="4B1FD3E5" w:rsidR="002B742B" w:rsidRDefault="002B742B" w:rsidP="00402982">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3330"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="9090"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:firstLine="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>18</w:t>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="000614A3">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> century</w:t>
       </w:r>
+      <w:r w:rsidR="00827119">
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>1721-1780</w:t>
+        <w:t>1630-1675</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1025014436"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="906112018"/>
+          <w:placeholder>
+            <w:docPart w:val="0746EACC49F3434C923272EB52953783"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>1676-1720</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1803732167"/>
+          <w:placeholder>
+            <w:docPart w:val="AB9EDE811AEC48D6893B43508D188AB6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06593C31" w14:textId="62EC34C7" w:rsidR="008E6E1A" w:rsidRDefault="002B742B" w:rsidP="00402982">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1170"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614A3">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve"> century</w:t>
+      </w:r>
+      <w:r w:rsidR="00827119">
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>1781-1820</w:t>
+        <w:t>1721-1780</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1349709543"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="899102239"/>
+          <w:placeholder>
+            <w:docPart w:val="3B96EFFD3E014670A235770A1A1A0B46"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
+        <w:t>1781-1820</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="2032524239"/>
+          <w:placeholder>
+            <w:docPart w:val="4FB17DBA34874DFC8B18CADE382774B7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B049FFD" w14:textId="4F424AFE" w:rsidR="008E6E1A" w:rsidRDefault="002B742B" w:rsidP="00402982">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1170"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="000614A3">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> century</w:t>
       </w:r>
+      <w:r w:rsidR="00827119">
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>1821-1860</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1985500809"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-47386926"/>
+          <w:placeholder>
+            <w:docPart w:val="B178589E870342EDB4659A6AC2165F0B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6E1A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>1861-1900</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1329128413"/>
+          <w:placeholder>
+            <w:docPart w:val="280D706C99C74BE594966E685E144EE2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1002F042" w14:textId="607BB6E3" w:rsidR="000614A3" w:rsidRPr="00791770" w:rsidRDefault="002B742B" w:rsidP="004844AA">
+    <w:p w14:paraId="70FBD839" w14:textId="7898C5E4" w:rsidR="008E6E1A" w:rsidRDefault="002B742B" w:rsidP="00402982">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3330"/>
-[...2 lines deleted...]
-          <w:tab w:val="left" w:pos="9090"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:firstLine="1170"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>1861-1900</w:t>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000614A3">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve"> century</w:t>
+      </w:r>
+      <w:r w:rsidR="00827119">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>1901-1930</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="821777595"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1648173144"/>
+          <w:placeholder>
+            <w:docPart w:val="63EC838BD2084F9C92098B25719D25E8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>20</w:t>
-[...14 lines deleted...]
-        <w:t>1901-1930</w:t>
+        <w:t>post-1930</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1963910266"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-293598556"/>
+          <w:placeholder>
+            <w:docPart w:val="D2AAFE533C8C47CDA58D2725E6E48E29"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6431">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1002F042" w14:textId="0C2B3779" w:rsidR="000614A3" w:rsidRPr="00791770" w:rsidRDefault="002B742B" w:rsidP="00C6574F">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1170"/>
+      </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>post-1930</w:t>
+        <w:t>UNKNOWN</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1676796847"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1101415543"/>
+          <w:placeholder>
+            <w:docPart w:val="51BB055DF8194EB78699E74062640E1E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00550EE3" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...33 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="000614A3">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26988F0D" w14:textId="741548C5" w:rsidR="000614A3" w:rsidRPr="00791770" w:rsidRDefault="000614A3" w:rsidP="000614A3">
+    <w:p w14:paraId="26988F0D" w14:textId="741548C5" w:rsidR="000614A3" w:rsidRPr="00791770" w:rsidRDefault="000614A3" w:rsidP="00611D7A">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">E. </w:t>
       </w:r>
       <w:r w:rsidRPr="000614A3">
         <w:t>INVESTIGATIVE</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> DATA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010B6DF0" w14:textId="40E698CF" w:rsidR="000614A3" w:rsidRDefault="000614A3" w:rsidP="00B60E92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Type of investigation:</w:t>
       </w:r>
       <w:r w:rsidR="00B60E92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004844AA">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F37893" w14:textId="6FCCBC67" w:rsidR="000614A3" w:rsidRDefault="000614A3" w:rsidP="000614A3">
+    <w:p w14:paraId="4DD3C149" w14:textId="188954BB" w:rsidR="00C6574F" w:rsidRDefault="000614A3" w:rsidP="00C6574F">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5310"/>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="right" w:pos="10710"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Phase I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-68818130"/>
+          <w:placeholder>
+            <w:docPart w:val="FE0A304AD7B54542BA915C6593468C00"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Phase II/Site Testing</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="412279335"/>
+          <w:placeholder>
+            <w:docPart w:val="F8C61E281B9740C796A517ABFCA33A49"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001940EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Phase III/Excavation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1886940406"/>
+          <w:placeholder>
+            <w:docPart w:val="A0B0D49D83EF47A8AC2C06180C62BB8A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Archival Investigation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1079332703"/>
+          <w:placeholder>
+            <w:docPart w:val="F8805120C7ED4F77AD01D53AB5EF28D1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4662D677" w14:textId="45648F00" w:rsidR="00C6574F" w:rsidRDefault="000614A3" w:rsidP="00C6574F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4500"/>
+          <w:tab w:val="right" w:pos="7830"/>
+          <w:tab w:val="right" w:pos="10710"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Monitoring</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1963266250"/>
+          <w:placeholder>
+            <w:docPart w:val="EA4726DC0A19432583A1BD865BEA53DB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Field Visit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="2062975968"/>
+          <w:placeholder>
+            <w:docPart w:val="36262FCF9947468BB5DFD31AFA7514D4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Collection/Artifact Inventory</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="694432006"/>
+          <w:placeholder>
+            <w:docPart w:val="EC6A5F534C3A4A1EAD36FDF03FD83269"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve">Report </w:t>
+      </w:r>
+      <w:r w:rsidR="009E236A">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>rom Informant</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="506562122"/>
+          <w:placeholder>
+            <w:docPart w:val="A44900E5E10E4E11B15F9AE0807D1198"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0659DD62" w14:textId="302586CA" w:rsidR="000614A3" w:rsidRDefault="000614A3" w:rsidP="00C6574F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4680"/>
+          <w:tab w:val="right" w:pos="7650"/>
+          <w:tab w:val="right" w:pos="10710"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>Phase I</w:t>
+        <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2046200869"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1277710792"/>
+          <w:placeholder>
+            <w:docPart w:val="C02DA03FF2084BE2B86C6C306F515AD4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...9 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Phase II/Site Testing</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F71A6">
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...315 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other type"/>
           <w:tag w:val="other type"/>
           <w:id w:val="-34427719"/>
           <w:placeholder>
-            <w:docPart w:val="32C808B0BC79471488395027ED46601E"/>
+            <w:docPart w:val="2060C63E27CF4038B913C9E668C1BB79"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B93322">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008F71A6">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3853F1AB" w14:textId="0CC744DF" w:rsidR="00355C65" w:rsidRDefault="00355C65" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Purpose of investigation</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1AB9A8" w14:textId="29E5A263" w:rsidR="00355C65" w:rsidRDefault="00355C65" w:rsidP="00355C65">
+    <w:p w14:paraId="1A1AB9A8" w14:textId="6B81CDAB" w:rsidR="00355C65" w:rsidRDefault="00355C65" w:rsidP="00C6574F">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5130"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="10710"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Compliance</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1666695387"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1307820875"/>
+          <w:placeholder>
+            <w:docPart w:val="912E828EA183475B9D1584A9C8DAE85E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Research</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="596682375"/>
+          <w:placeholder>
+            <w:docPart w:val="46E9FB0473EC413AAC9302302416BA27"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Avocational</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3437B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="675164227"/>
+          <w:placeholder>
+            <w:docPart w:val="58E749E1DCED4107A340C7D64505A52A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>Research</w:t>
+        <w:t>Regional Survey</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1900470142"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-2026239766"/>
+          <w:placeholder>
+            <w:docPart w:val="476C151BD2FC445786B897201426E676"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...74 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="12458998" w14:textId="1512840B" w:rsidR="00355C65" w:rsidRPr="00791770" w:rsidRDefault="00355C65" w:rsidP="00355C65">
+    <w:p w14:paraId="12458998" w14:textId="3861B6A3" w:rsidR="00355C65" w:rsidRPr="00791770" w:rsidRDefault="00355C65" w:rsidP="00C6574F">
       <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Site Inventory</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1023470106"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1019623449"/>
+          <w:placeholder>
+            <w:docPart w:val="A37B269D33A54A769FAED8043DF88931"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>MHT Grant Project</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1964636313"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="592358685"/>
+          <w:placeholder>
+            <w:docPart w:val="F124847B34D049E388F2EC4F6C4B6DEB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-423429072"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1657146955"/>
+          <w:placeholder>
+            <w:docPart w:val="84D3A72C74F141B28AA91C1428C7A403"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008F71A6">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other purpose"/>
           <w:tag w:val="other purpose"/>
           <w:id w:val="1928690692"/>
           <w:placeholder>
             <w:docPart w:val="855FFC5D0E8649E081C751D3021AFE20"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B93322">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008F71A6">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C599896" w14:textId="6126A965" w:rsidR="00355C65" w:rsidRDefault="00AB00A5" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Method of sampling (check all applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB4EA83" w14:textId="1CBE0D24" w:rsidR="000B3A96" w:rsidRDefault="00AB00A5" w:rsidP="00C71BBC">
+    <w:p w14:paraId="7D312D37" w14:textId="77777777" w:rsidR="008224ED" w:rsidRDefault="00AB00A5" w:rsidP="008224ED">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4410"/>
+          <w:tab w:val="left" w:pos="6570"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1170"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Non-systematic surface search</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-18634215"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-2068716430"/>
+          <w:placeholder>
+            <w:docPart w:val="4FD0C7E276074392B33D3192A7ECB950"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="008F71A6" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000B3A96" w:rsidRPr="00791770">
         <w:t>Systematic surface collection</w:t>
       </w:r>
       <w:r w:rsidR="000B3A96">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1864011618"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-726995802"/>
+          <w:placeholder>
+            <w:docPart w:val="BE091553BE114B88874A1AD779704810"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="000B3A96" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000B3A96">
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C71BBC">
+      <w:r w:rsidR="00C6574F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000B3A96" w:rsidRPr="00791770">
         <w:t>Non-systematic shovel test pits</w:t>
       </w:r>
-      <w:r w:rsidR="000B3A96">
+      <w:r w:rsidR="00183C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1335692168"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-366910419"/>
+          <w:placeholder>
+            <w:docPart w:val="9A3CF23E65F2435A98E56E24A67BEFA9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="000B3A96" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="55F891AD" w14:textId="1C755406" w:rsidR="00C71BBC" w:rsidRPr="00791770" w:rsidRDefault="00C71BBC" w:rsidP="00466FC9">
+    <w:p w14:paraId="10634503" w14:textId="473FFF47" w:rsidR="00C6574F" w:rsidRDefault="00C71BBC" w:rsidP="008224ED">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4500"/>
-          <w:tab w:val="left" w:pos="7740"/>
+          <w:tab w:val="left" w:pos="4410"/>
+          <w:tab w:val="left" w:pos="6570"/>
+          <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Systematic shovel test pits</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1092781675"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="307058418"/>
+          <w:placeholder>
+            <w:docPart w:val="8EEF78CC21C345649D61A2BE403F8A4C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00466FC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Excavation units</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-828135573"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-286284203"/>
+          <w:placeholder>
+            <w:docPart w:val="842F06E890B3429A8D38E7C52C8D982B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00466FC9">
+      <w:r w:rsidR="00C6574F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Mechanical excavation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00183C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1995523943"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-871150095"/>
+          <w:placeholder>
+            <w:docPart w:val="7A1F5563820A4E99B7B5C308E5BA5E94"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6574F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>Remote sensing</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="459235115"/>
+          <w:placeholder>
+            <w:docPart w:val="A34A21A748124400AE08D7CDBDA27B94"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C6574F" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="41877D1E" w14:textId="12DF7E98" w:rsidR="00AB00A5" w:rsidRPr="00791770" w:rsidRDefault="00C71BBC" w:rsidP="00836FEC">
+    <w:p w14:paraId="41877D1E" w14:textId="6C348C2C" w:rsidR="00AB00A5" w:rsidRPr="00791770" w:rsidRDefault="00C71BBC" w:rsidP="008224ED">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>Remote sensing</w:t>
+        <w:t>Other</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-807404231"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1136723694"/>
+          <w:placeholder>
+            <w:docPart w:val="E6282B6B7835428FB021CC02FEE087C6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...29 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other method"/>
           <w:tag w:val="other method"/>
           <w:id w:val="-1391261395"/>
           <w:placeholder>
             <w:docPart w:val="7E26BDBAA79746E48FD8B8D46F1E9FC3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB00A5">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3437B">
-        <w:tab/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00AB00A5" w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61998040" w14:textId="3C2D8316" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Extent/nature of excavation: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="extent/nature of excavation"/>
           <w:tag w:val="extent/nature of excavation"/>
           <w:id w:val="885992045"/>
           <w:placeholder>
             <w:docPart w:val="B46CFFCC5E32437184323C75D968D00B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B93322">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2FE201B7" w14:textId="0C6898AF" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="009E236A">
+    <w:p w14:paraId="2FE201B7" w14:textId="0C6898AF" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00611D7A">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>F. SUPPORT DATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AEEE27" w14:textId="0A1EBAAB" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00836FEC">
+    <w:p w14:paraId="15AEEE27" w14:textId="48A7E98E" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="008224ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="5490"/>
+          <w:tab w:val="left" w:pos="6930"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Accompanying Data Form(s):</w:t>
       </w:r>
       <w:r w:rsidR="00FC36F4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00836FEC">
         <w:t xml:space="preserve">Prehistoric </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1065676287"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1234350419"/>
+          <w:placeholder>
+            <w:docPart w:val="4FB1FD3CA0C449759D121C1155128E7D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00836FEC">
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00836FEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00836FEC" w:rsidRPr="00836FEC">
         <w:t xml:space="preserve">Historic </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="556825955"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="482199848"/>
+          <w:placeholder>
+            <w:docPart w:val="E219EF5F26F84978B03EFA3CFB99B1FF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00836FEC">
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00836FEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00836FEC" w:rsidRPr="00836FEC">
         <w:t xml:space="preserve">Shipwreck </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1854375563"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1302192880"/>
+          <w:placeholder>
+            <w:docPart w:val="D322C15D1D3A4A3DB0AC530D9D07C8DD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC" w:rsidRPr="00833782">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F74E4C9" w14:textId="74869B35" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00836FEC">
+    <w:p w14:paraId="6F74E4C9" w14:textId="4D5116D6" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="008224ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3780"/>
-          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="3870"/>
+          <w:tab w:val="left" w:pos="5490"/>
+          <w:tab w:val="left" w:pos="6930"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Ownership:</w:t>
       </w:r>
       <w:r w:rsidR="00FC36F4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Private</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="167148789"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="699751275"/>
+          <w:placeholder>
+            <w:docPart w:val="16C8787D3AC641E6A55B161E0EAD7CAC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008224ED" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Federal</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="714537995"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="256262624"/>
+          <w:placeholder>
+            <w:docPart w:val="857EDEDCE0144922B559F6C0AF1947B3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008224ED" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008224ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">         State</w:t>
+        <w:t>State</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="658899979"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-765227084"/>
+          <w:placeholder>
+            <w:docPart w:val="0D6A3EE64C124B7B9EEE7DD0D805CFB1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008224ED" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Local/County</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1879226919"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-736087596"/>
+          <w:placeholder>
+            <w:docPart w:val="0D840CFCD6524033850AEE8AF2A5AA69"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008224ED" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008224ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">          Unknown</w:t>
+        <w:t>Unknown</w:t>
       </w:r>
       <w:r w:rsidR="00D3437B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="676388939"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-328910753"/>
+          <w:placeholder>
+            <w:docPart w:val="34579401DC154A36BBCD6D2855C38102"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00836FEC">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008224ED" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00183C28">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="47A7281B" w14:textId="435BE0F1" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Owner(s): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="owner name"/>
           <w:tag w:val="owner"/>
           <w:id w:val="383460359"/>
           <w:placeholder>
             <w:docPart w:val="F9B108A244804C839E4DD755E3D4F8EE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="72BA6062" w14:textId="57322402" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="owner address"/>
           <w:tag w:val="owner address"/>
           <w:id w:val="297420853"/>
           <w:placeholder>
             <w:docPart w:val="86F491AA6DCF4E78B9AF62FD0E409A50"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="731081DD" w14:textId="35DBB089" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="owner phone"/>
           <w:tag w:val="owner phone"/>
           <w:id w:val="-265079331"/>
           <w:placeholder>
             <w:docPart w:val="EDD68EDBDEB64713BFDE59202963987D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7233816B" w14:textId="15D6BA56" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="owner email"/>
           <w:tag w:val="owner email"/>
           <w:id w:val="635486"/>
           <w:placeholder>
             <w:docPart w:val="66370CFBEF2F46F3811EAC77916666FD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5750C12C" w14:textId="09EBF2F2" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Tenant and/or Local Contact: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="tenant name"/>
           <w:tag w:val="tenant name"/>
           <w:id w:val="-465122352"/>
           <w:placeholder>
             <w:docPart w:val="19C31DFB4C2B4E5EA9A5D66654C3A5E5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="500F896E" w14:textId="54159982" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="tenant address"/>
           <w:tag w:val="tenant address"/>
           <w:id w:val="-836221048"/>
           <w:placeholder>
             <w:docPart w:val="8FDCC82667DE49A382E3713A1C44B6AD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7F180FA2" w14:textId="78CEBB77" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="tenant phone"/>
           <w:tag w:val="tenant phone"/>
           <w:id w:val="867492700"/>
           <w:placeholder>
             <w:docPart w:val="AA6029939CF045EB8999312CDB24FDBA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7057F56B" w14:textId="02AEA616" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="tenant email"/>
           <w:tag w:val="tenant email"/>
           <w:id w:val="565376420"/>
           <w:placeholder>
             <w:docPart w:val="DE946D5C845F41D88A217F16DF0A9B78"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00325897">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="66225B1A" w14:textId="459B48A6" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Other Known Investigations</w:t>
       </w:r>
       <w:r w:rsidR="00325897">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00325897" w:rsidRPr="002E3031">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F8339C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>click</w:t>
       </w:r>
       <w:r w:rsidR="00325897" w:rsidRPr="002E3031">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> plus sign to add more)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+        </w:rPr>
+        <w:alias w:val="other known investigations"/>
+        <w:tag w:val="other known investigations"/>
         <w:id w:val="1175836912"/>
         <w:placeholder>
-          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          <w:docPart w:val="2A0FEB1FA6A24D9495E3D6AEC0F21030"/>
         </w:placeholder>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="AnswerChar"/>
+            </w:rPr>
             <w:id w:val="-1383248226"/>
             <w15:repeatingSection/>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="AnswerChar"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="AnswerChar"/>
+                </w:rPr>
                 <w:id w:val="-930744539"/>
                 <w:placeholder>
                   <w:docPart w:val="899C1CC3ACBE422E8AF7ACA4EEE27BB7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:repeatingSectionItem/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="AnswerChar"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
                 <w:p w14:paraId="2C0804E1" w14:textId="19C39D26" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="00D96069" w:rsidP="00D96069">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="9"/>
                     </w:numPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="004C4194">
                     <w:rPr>
-                      <w:rStyle w:val="PlaceholderText"/>
+                      <w:rStyle w:val="AnswerChar"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t xml:space="preserve">      </w:t>
                   </w:r>
                 </w:p>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6DB107C8" w14:textId="58255D0E" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Primary report reference or citation</w:t>
       </w:r>
       <w:r w:rsidR="002E3031">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A557DD" w:rsidRPr="002E3031">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -6934,2102 +9128,2699 @@
       <w:r w:rsidR="00F8339C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>click</w:t>
       </w:r>
       <w:r w:rsidR="00A557DD" w:rsidRPr="002E3031">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> plus sign to add more)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1424604323"/>
         <w:placeholder>
           <w:docPart w:val="5D7AD62878224E77A146BE2BF497B101"/>
         </w:placeholder>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="AnswerChar"/>
+            </w:rPr>
+            <w:alias w:val="primary report"/>
+            <w:tag w:val="primary report"/>
             <w:id w:val="357478613"/>
             <w15:repeatingSection/>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="AnswerChar"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:rStyle w:val="AnswerChar"/>
+                </w:rPr>
                 <w:id w:val="974721477"/>
                 <w:placeholder>
                   <w:docPart w:val="1797DF62187B471BB4AABC14FA0827AE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:repeatingSectionItem/>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="AnswerChar"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:p w14:paraId="7B0CF649" w14:textId="64D4FB37" w:rsidR="00A557DD" w:rsidRDefault="00D96069" w:rsidP="00D96069">
+                <w:p w14:paraId="7B0CF649" w14:textId="55D5CBF4" w:rsidR="00A557DD" w:rsidRDefault="00D96069" w:rsidP="00D96069">
                   <w:pPr>
                     <w:pStyle w:val="ListParagraph"/>
                     <w:numPr>
                       <w:ilvl w:val="1"/>
                       <w:numId w:val="9"/>
                     </w:numPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t xml:space="preserve">      </w:t>
                   </w:r>
                 </w:p>
               </w:sdtContent>
             </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4CED1C82" w14:textId="52B52228" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Other Records (e.g. slides, photos, original field maps/notes, sonar, magnetic record)?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112B73D8" w14:textId="60DEB62B" w:rsidR="00836FEC" w:rsidRDefault="009E236A" w:rsidP="00E073D8">
+    <w:p w14:paraId="73F6B5E3" w14:textId="6B541383" w:rsidR="008224ED" w:rsidRDefault="009E236A" w:rsidP="008224ED">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3150"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="7290"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="center" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="10620"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1260"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Slides</w:t>
       </w:r>
-      <w:r w:rsidR="00D3437B">
+      <w:r w:rsidR="00183C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="311303452"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="731115255"/>
+          <w:placeholder>
+            <w:docPart w:val="42DC0062E3A84CC8B411A3D69E09C515"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003B1010">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="slide type"/>
           <w:tag w:val="slide type"/>
           <w:id w:val="630287158"/>
           <w:placeholder>
-            <w:docPart w:val="2415EC10832449488C2F2EFC5254F091"/>
+            <w:docPart w:val="322CD85DC4DF42098D67685899DEB1A1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009E73D3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="008224ED">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00836FEC" w:rsidRPr="00791770">
         <w:t>Photos</w:t>
       </w:r>
-      <w:r w:rsidR="00836FEC">
+      <w:r w:rsidR="00183C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1969879384"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1510202883"/>
+          <w:placeholder>
+            <w:docPart w:val="E869D3A7FBD443EC8E6FAC4D89F8D624"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003B1010">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00C50AA7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="photo type"/>
           <w:tag w:val="photo type"/>
           <w:id w:val="781378106"/>
           <w:placeholder>
-            <w:docPart w:val="A3ABCC607F3E4AAF9257C2A3FBC51AB7"/>
+            <w:docPart w:val="6ADCF377B54446779380BF29D331D1AD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00C50AA7">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C50AA7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003B1010">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B1010">
+      <w:r w:rsidR="008224ED">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B1010" w:rsidRPr="00791770">
         <w:t>Field maps</w:t>
       </w:r>
-      <w:r w:rsidR="003B1010">
+      <w:r w:rsidR="00183C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2068258610"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1332683454"/>
+          <w:placeholder>
+            <w:docPart w:val="6EAEDF77E9A14C3CAB190B68147D91E6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003B1010">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="field map type"/>
           <w:tag w:val="field map type"/>
           <w:id w:val="1259097625"/>
           <w:placeholder>
-            <w:docPart w:val="6A5550737BCD49B7BABB7651AEBB3434"/>
+            <w:docPart w:val="3431FC13FA37438C8FED5F12C99AC39B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009E73D3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003B1010">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B1010" w:rsidRPr="00791770">
+    </w:p>
+    <w:p w14:paraId="13F46C1B" w14:textId="36A12BF5" w:rsidR="008224ED" w:rsidRDefault="003B1010" w:rsidP="008224ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="10620"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1260"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
         <w:t>Field record</w:t>
       </w:r>
-      <w:r w:rsidR="003B1010">
+      <w:r w:rsidR="00183C28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="440811788"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-335147659"/>
+          <w:placeholder>
+            <w:docPart w:val="B753BDDB9DF148A5A0900DCF23636440"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003B1010">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="field record type"/>
           <w:tag w:val="field record type"/>
           <w:id w:val="-2098863295"/>
           <w:placeholder>
-            <w:docPart w:val="6D6474FA00E64B389FA99125F514E29D"/>
+            <w:docPart w:val="99EAB0BDAC084AA2AAE3FF659F758452"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009E73D3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="003B1010">
+      <w:r w:rsidR="008224ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B1010">
-[...10 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Sonar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="403799849"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="953214122"/>
+          <w:placeholder>
+            <w:docPart w:val="FB02EB965C8B4A00BAC6F9739269398D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r>
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="sonar type"/>
           <w:tag w:val="sonar type"/>
           <w:id w:val="-222991200"/>
           <w:placeholder>
             <w:docPart w:val="0B1A8B39E4F04D27940E022D962E3AA7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009E73D3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>Magnetic record</w:t>
       </w:r>
       <w:r w:rsidR="00E073D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2142337187"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1525981457"/>
+          <w:placeholder>
+            <w:docPart w:val="666A8B1A469B4C8A8235D83345842422"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r>
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="magnetic record type"/>
           <w:tag w:val="magnetic record type"/>
-          <w:id w:val="1613165700"/>
+          <w:id w:val="1940942777"/>
           <w:placeholder>
-            <w:docPart w:val="C40A8AD25AAA4740A3C13529123EF4A9"/>
+            <w:docPart w:val="18D2712014F340E78E3F328873549BD3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="009E73D3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009E73D3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="48323825" w14:textId="30CBC294" w:rsidR="009E236A" w:rsidRDefault="003B1010" w:rsidP="008224ED">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3150"/>
+          <w:tab w:val="left" w:pos="5130"/>
+          <w:tab w:val="left" w:pos="7290"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1260"/>
+      </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Other</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="59293619"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-403753905"/>
+          <w:placeholder>
+            <w:docPart w:val="86DE9B05EAF44324B072B2AD1D746DA1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r>
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00183C28" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00183C28">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other records"/>
           <w:tag w:val="other records"/>
           <w:id w:val="1999303307"/>
           <w:placeholder>
             <w:docPart w:val="B411CD08DC9841F480466D1FA91B5A98"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009E236A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E236A">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="597480E2" w14:textId="055258C7" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">If yes, location of records: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="location of records"/>
           <w:tag w:val="location of records"/>
           <w:id w:val="-1512375976"/>
           <w:placeholder>
             <w:docPart w:val="89A9E0891AEC4E0384BFDC5DBB9338F2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00264650">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4ED7D108" w14:textId="1C75B824" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Collections at</w:t>
       </w:r>
       <w:r w:rsidR="00FC36F4">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00FC36F4" w:rsidRPr="00791770">
         <w:t>to be deposited at</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> Maryland Archaeological Conservation (MAC) Lab</w:t>
       </w:r>
       <w:r w:rsidR="00FC36F4">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="at MAC Lab?"/>
           <w:tag w:val="at MAC Lab?"/>
           <w:id w:val="-849645228"/>
           <w:placeholder>
             <w:docPart w:val="39119AAB3890422EA51401F778BC8C6C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00FC36F4" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r w:rsidR="00FC36F4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="368EB087" w14:textId="77777777" w:rsidR="0084777A" w:rsidRDefault="0084777A">
-[...7 lines deleted...]
-    <w:p w14:paraId="69B0EC7C" w14:textId="5B8C75C3" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
+    <w:p w14:paraId="69B0EC7C" w14:textId="350D5D28" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:lastRenderedPageBreak/>
         <w:t>If NO or UNKNOWN, give owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="owner name"/>
           <w:tag w:val="owner name"/>
           <w:id w:val="-2080039827"/>
           <w:placeholder>
             <w:docPart w:val="CF3759915C124876BA80524CB4D709E7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="436D415D" w14:textId="4F231197" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">location: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="collection location"/>
           <w:tag w:val="collection location"/>
           <w:id w:val="1030689741"/>
           <w:placeholder>
             <w:docPart w:val="85172F4A8F9648D2B8EEDE8ADE15EC65"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="28A5B924" w14:textId="384D7FC1" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="009E236A">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">and brief description of collection: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="collection description"/>
           <w:tag w:val="collection description"/>
           <w:id w:val="-1139423165"/>
           <w:placeholder>
             <w:docPart w:val="549195CFFCA943EEA2FFA1530D5C6E8E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="600921B0" w14:textId="0A6E906B" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Informant: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="informant name"/>
           <w:tag w:val="informant name"/>
           <w:id w:val="-89620712"/>
           <w:placeholder>
             <w:docPart w:val="6AA4A88416E64047BF0031F85AA24FFD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="595E4D07" w14:textId="2A91D2F6" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="informant address"/>
           <w:tag w:val="informant address"/>
           <w:id w:val="-2031948366"/>
           <w:placeholder>
             <w:docPart w:val="3F3A119F40BF42979C3768B5397E2A07"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="11BDFB8F" w14:textId="03373356" w:rsidR="009E236A" w:rsidRPr="00791770" w:rsidRDefault="009E236A" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="informant phone"/>
           <w:tag w:val="informant phone"/>
           <w:id w:val="1582256350"/>
           <w:placeholder>
             <w:docPart w:val="6F1F309F34104280A96C94D15A2496E4"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5E4CE357" w14:textId="613A78E3" w:rsidR="009E236A" w:rsidRDefault="009E236A" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="informant email"/>
           <w:tag w:val="informant email"/>
           <w:id w:val="-584845137"/>
           <w:placeholder>
             <w:docPart w:val="317B74D453F445F5928B74D3CB4206B3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="12C496B7" w14:textId="5637A5C8" w:rsidR="008F19CD" w:rsidRPr="00791770" w:rsidRDefault="008F19CD" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Site visited by: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name"/>
           <w:tag w:val="name"/>
           <w:id w:val="1450745596"/>
           <w:placeholder>
             <w:docPart w:val="2F266858AC874293B9F367BC613D04E2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1AD6ABBF" w14:textId="08A86B10" w:rsidR="008F19CD" w:rsidRPr="00791770" w:rsidRDefault="008F19CD" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Company/Group name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="company/group name"/>
           <w:tag w:val="company/group name"/>
           <w:id w:val="-781953231"/>
           <w:placeholder>
             <w:docPart w:val="AB290440E0B6482F8424E433EACDED9D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="388779E1" w14:textId="06CCF24A" w:rsidR="008F19CD" w:rsidRPr="00791770" w:rsidRDefault="008F19CD" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="address"/>
           <w:tag w:val="address"/>
           <w:id w:val="1901403527"/>
           <w:placeholder>
             <w:docPart w:val="420AC9471F4846E28994E24C42773FEE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="21213F04" w14:textId="0D606771" w:rsidR="008F19CD" w:rsidRDefault="008F19CD" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="phone"/>
           <w:tag w:val="phone"/>
           <w:id w:val="-132948487"/>
           <w:placeholder>
             <w:docPart w:val="1F41CF53BB9A4F09AD62CEB9190B2892"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55107019" w14:textId="5D0FAE79" w:rsidR="008F19CD" w:rsidRDefault="008F19CD" w:rsidP="008F19CD">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="email"/>
           <w:tag w:val="email"/>
           <w:id w:val="1348061479"/>
           <w:placeholder>
             <w:docPart w:val="516B9348D2044FCD87804DF02EB6423B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="date of visit"/>
           <w:tag w:val="date of visit"/>
           <w:id w:val="-2049748061"/>
           <w:placeholder>
             <w:docPart w:val="1FD1B6038E104972B00C7310DF3053C9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="24D2E249" w14:textId="5A036168" w:rsidR="008F19CD" w:rsidRPr="00791770" w:rsidRDefault="008F19CD" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
-        <w:t>Form</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> filled out by: </w:t>
+        <w:t xml:space="preserve">Form filled out by: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name"/>
           <w:tag w:val="name"/>
           <w:id w:val="231972500"/>
           <w:placeholder>
             <w:docPart w:val="AA0F4423DE4645EA959A26DD4C96788D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4E144C79" w14:textId="7231487F" w:rsidR="00F87677" w:rsidRPr="00791770" w:rsidRDefault="00F87677" w:rsidP="00F87677">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Company/Group name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="company/group name"/>
           <w:tag w:val="company/group name"/>
           <w:id w:val="1155791570"/>
           <w:placeholder>
             <w:docPart w:val="860BD7FEEB344D509861C15E6EE4F321"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7BC6AF52" w14:textId="1DEC2216" w:rsidR="00F87677" w:rsidRPr="00791770" w:rsidRDefault="00F87677" w:rsidP="00F87677">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="address"/>
           <w:tag w:val="address"/>
           <w:id w:val="-1479758604"/>
           <w:placeholder>
             <w:docPart w:val="9989BC03213A450FB62BD1C3EFC393A6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="02A7BA71" w14:textId="57D111AE" w:rsidR="00F87677" w:rsidRDefault="00F87677" w:rsidP="00FC36F4">
       <w:pPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="phone"/>
           <w:tag w:val="phone"/>
           <w:id w:val="2108921100"/>
           <w:placeholder>
             <w:docPart w:val="B41162F8ED8A48FFBEA39130B1D6A586"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FC36F4">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="email"/>
           <w:tag w:val="email"/>
           <w:id w:val="1532840331"/>
           <w:placeholder>
             <w:docPart w:val="33B53DC4F76145C5AEAC289FB5E3E972"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="date form filled out"/>
           <w:tag w:val="date form filled out"/>
           <w:id w:val="-1764292438"/>
           <w:placeholder>
             <w:docPart w:val="09B04E5052A341E0BC4708B1D3557998"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="62A51989" w14:textId="2033EA14" w:rsidR="008F19CD" w:rsidRPr="00791770" w:rsidRDefault="008F19CD" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>Site Summary</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t>/Additional Comments (</w:t>
       </w:r>
       <w:r w:rsidRPr="004279A8">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>append additional pages if needed)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+        </w:rPr>
         <w:alias w:val="site summary/additional comments"/>
         <w:tag w:val="site summary/additional comments"/>
         <w:id w:val="1750235367"/>
         <w:placeholder>
           <w:docPart w:val="B632588FCDFC4B82855CE245A36EECF9"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rStyle w:val="DefaultParagraphFont"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="65CC60F6" w14:textId="6A46AB1B" w:rsidR="008F19CD" w:rsidRDefault="00A557DD" w:rsidP="00E102A4">
           <w:pPr>
             <w:ind w:left="1133"/>
           </w:pPr>
           <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Enter site summary here</w:t>
           </w:r>
           <w:r w:rsidR="00F87677" w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="249230CF" w14:textId="77777777" w:rsidR="008F19CD" w:rsidRDefault="008F19CD" w:rsidP="00E102A4">
       <w:pPr>
         <w:ind w:left="1133"/>
-        <w:sectPr w:rsidR="008F19CD" w:rsidSect="00CA5232">
+        <w:sectPr w:rsidR="008F19CD" w:rsidSect="00770C8B">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
-          <w:headerReference w:type="first" r:id="rId14"/>
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
+          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36D6ABF6" w14:textId="0ABB35A5" w:rsidR="008F19CD" w:rsidRPr="00BC3E4A" w:rsidRDefault="00BC3E4A" w:rsidP="00A91453">
+    <w:p w14:paraId="37ED8F87" w14:textId="0CDA69C8" w:rsidR="002A2AF1" w:rsidRPr="004C6AB0" w:rsidRDefault="002A2AF1" w:rsidP="00AD194F">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:lastRenderedPageBreak/>
+        <w:t>Maryland Inventory of Historic Properties (Archaeology)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E606A5" w14:textId="7D919B8E" w:rsidR="002A2AF1" w:rsidRDefault="002A2AF1" w:rsidP="00AD194F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Prehistoric</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A685D">
+        <w:t xml:space="preserve"> Data Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D6ABF6" w14:textId="0B876979" w:rsidR="008F19CD" w:rsidRPr="00BC3E4A" w:rsidRDefault="00BC3E4A" w:rsidP="002A2AF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="005569CF">
-        <w:lastRenderedPageBreak/>
         <w:t>Site type (check all applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F96BF6" w14:textId="0B803B0C" w:rsidR="00A91453" w:rsidRDefault="00BC3E4A" w:rsidP="002D0673">
+    <w:p w14:paraId="40F96BF6" w14:textId="5D79F1C8" w:rsidR="00A91453" w:rsidRDefault="00BC3E4A" w:rsidP="005F751C">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3060"/>
-          <w:tab w:val="left" w:pos="4950"/>
+          <w:tab w:val="right" w:pos="4320"/>
+          <w:tab w:val="right" w:pos="6480"/>
           <w:tab w:val="right" w:pos="10530"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>village</w:t>
       </w:r>
       <w:r w:rsidR="00F87677">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1242476007"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1518155078"/>
+          <w:placeholder>
+            <w:docPart w:val="C0037BAFE7374460A8F1C66238746214"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A91453" w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>hamlet</w:t>
       </w:r>
       <w:r w:rsidR="00A91453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1325865852"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="115880338"/>
+          <w:placeholder>
+            <w:docPart w:val="7F7DD24F837444BF8B90E4F31C21FFF3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="002D0673">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A91453" w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>base camp</w:t>
       </w:r>
       <w:r w:rsidR="00A91453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-542209774"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1519465364"/>
+          <w:placeholder>
+            <w:docPart w:val="8A6244896F484E1FADBDD807ECA5DC31"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00A91453">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A91453" w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>short-term resource procurement</w:t>
       </w:r>
       <w:r w:rsidR="00A91453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1749869577"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="31312462"/>
+          <w:placeholder>
+            <w:docPart w:val="02D6853809DA41089AC887CECFEB2262"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2DFCD9C0" w14:textId="7955355C" w:rsidR="00FA169C" w:rsidRDefault="00FA169C" w:rsidP="002361C6">
+    <w:p w14:paraId="2DFCD9C0" w14:textId="56791F6F" w:rsidR="00FA169C" w:rsidRDefault="00FA169C" w:rsidP="005F751C">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4140"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="6480"/>
+          <w:tab w:val="right" w:pos="8100"/>
+          <w:tab w:val="right" w:pos="10530"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>lithic quarry/extraction</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-240490617"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1400324585"/>
+          <w:placeholder>
+            <w:docPart w:val="D12569B41C9F412DA943E5C26CBFF6AE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>rockshelter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>/cave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1205325639"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-62267211"/>
+          <w:placeholder>
+            <w:docPart w:val="5EF889854CE0471EBB9521D5F4AF3FD9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>cairn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1426688582"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1359045486"/>
+          <w:placeholder>
+            <w:docPart w:val="48A51B8802C349C391F1E3E661E380B9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>earthen mound</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1737856554"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2083724475"/>
+          <w:placeholder>
+            <w:docPart w:val="A8740683E7114BC9B63E6CB7BB98EBC3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48989B07" w14:textId="769BA7ED" w:rsidR="004D257D" w:rsidRPr="00BC3E4A" w:rsidRDefault="004D257D" w:rsidP="002361C6">
+    <w:p w14:paraId="48989B07" w14:textId="222B10D4" w:rsidR="004D257D" w:rsidRPr="00BC3E4A" w:rsidRDefault="004D257D" w:rsidP="005F751C">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3060"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="7380"/>
+          <w:tab w:val="right" w:pos="5130"/>
+          <w:tab w:val="right" w:pos="8280"/>
+          <w:tab w:val="right" w:pos="10530"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>shell midden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1271587079"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1117293968"/>
+          <w:placeholder>
+            <w:docPart w:val="E61EC09826AD41CFA46BB542D0EA705C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>fish weir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="618029922"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1091778031"/>
+          <w:placeholder>
+            <w:docPart w:val="34EC397D651D4CD4A52EFD1CF1B4C9B9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>submerged prehistoric</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-78368924"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="99848463"/>
+          <w:placeholder>
+            <w:docPart w:val="4E262608EF3B44F5AF1CE59686BFB748"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00443E1E">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00443E1E" w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>lithic scatter</w:t>
       </w:r>
       <w:r w:rsidR="00443E1E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1774522487"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-419261330"/>
+          <w:placeholder>
+            <w:docPart w:val="B389DCC5D4214B6E8FCEC4432806A219"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00443E1E">
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7ADE49B5" w14:textId="26B91317" w:rsidR="00BC3E4A" w:rsidRDefault="00443E1E" w:rsidP="00320FBD">
+    <w:p w14:paraId="7ADE49B5" w14:textId="0A8DB6E5" w:rsidR="00BC3E4A" w:rsidRDefault="00443E1E" w:rsidP="005F751C">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3060"/>
+          <w:tab w:val="left" w:pos="3330"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>unknown</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="797651534"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1294247137"/>
+          <w:placeholder>
+            <w:docPart w:val="A2B3D82D202C4BD793E2468C26DBF557"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1355426610"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="740377970"/>
+          <w:placeholder>
+            <w:docPart w:val="F45A0AB7A2D545058917702E1C7A9F49"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="site type"/>
           <w:tag w:val="site type"/>
           <w:id w:val="-475060023"/>
           <w:placeholder>
             <w:docPart w:val="EF211C52A132419F8CE10233F3FC4A96"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC3E4A" w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -9056,2768 +11847,3848 @@
       </w:r>
       <w:r w:rsidR="00BC3E4A" w:rsidRPr="00BC3E4A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59F47FA8" w14:textId="29E7C0DC" w:rsidR="005569CF" w:rsidRDefault="005569CF" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Categories of aboriginal material or remains at site </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4178F077" w14:textId="0E4D5857" w:rsidR="0013775C" w:rsidRDefault="00320FBD" w:rsidP="00711678">
+    <w:p w14:paraId="4178F077" w14:textId="2038E700" w:rsidR="0013775C" w:rsidRDefault="00320FBD" w:rsidP="0087300E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3150"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="6930"/>
+          <w:tab w:val="right" w:pos="5490"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1350"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>flaked stone</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1653981749"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1498333306"/>
+          <w:placeholder>
+            <w:docPart w:val="D6CBD15BBD794A908A13ED7810BB5B35"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>ground stone</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-265628100"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="726495491"/>
+          <w:placeholder>
+            <w:docPart w:val="D84BB40FDD904F4F977098CFFB391476"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00711678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00791770">
-        <w:t>stone bowls</w:t>
+        <w:t>stone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve"> bowls</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="963623633"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1732998089"/>
+          <w:placeholder>
+            <w:docPart w:val="257FFE14155C4CA6B14978D1B09821BD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>fire-cracked rock</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-420185857"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1675528474"/>
+          <w:placeholder>
+            <w:docPart w:val="4C6F89B24C014DF9BB80CCC2C6D7A861"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="665777EE" w14:textId="3C5B885C" w:rsidR="0013775C" w:rsidRDefault="0013775C" w:rsidP="00711678">
+    <w:p w14:paraId="665777EE" w14:textId="66B89287" w:rsidR="0013775C" w:rsidRDefault="0013775C" w:rsidP="0087300E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2880"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="7020"/>
+          <w:tab w:val="right" w:pos="5130"/>
+          <w:tab w:val="right" w:pos="7290"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1350"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>other lithics</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1832709209"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1346831108"/>
+          <w:placeholder>
+            <w:docPart w:val="78481FC03AE5469C81DC15B2BF6DAC9A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>ceramics (vessels)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1253035892"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="454676902"/>
+          <w:placeholder>
+            <w:docPart w:val="76C263C6DEAC47559E5C4CB330ACF633"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00187D61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00187D61" w:rsidRPr="00791770">
         <w:t>other fired clay</w:t>
       </w:r>
       <w:r w:rsidR="00187D61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1400596850"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="791413275"/>
+          <w:placeholder>
+            <w:docPart w:val="4CA198ACD1E84455923840056F5E6A2C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00187D61">
-        <w:tab/>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00711678">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00187D61" w:rsidRPr="00791770">
         <w:t>human skeletal remains</w:t>
       </w:r>
       <w:r w:rsidR="00187D61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2065550112"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1739701333"/>
+          <w:placeholder>
+            <w:docPart w:val="445A80D2891F4C079993B928C8E80795"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7AF59354" w14:textId="0506CD75" w:rsidR="00934B04" w:rsidRDefault="00187D61" w:rsidP="00711678">
+    <w:p w14:paraId="7AF59354" w14:textId="5B05F265" w:rsidR="00934B04" w:rsidRDefault="00187D61" w:rsidP="0087300E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4590"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="8370"/>
+          <w:tab w:val="right" w:pos="6660"/>
+          <w:tab w:val="right" w:pos="8550"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1350"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>faunal implements/ornaments</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1424798366"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-216512549"/>
+          <w:placeholder>
+            <w:docPart w:val="B6EF68F194F2429FB30B362DE1B26474"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00934B04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00934B04" w:rsidRPr="00791770">
         <w:t>faunal material</w:t>
       </w:r>
       <w:r w:rsidR="00934B04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="116267431"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1308708912"/>
+          <w:placeholder>
+            <w:docPart w:val="BC841CBEAAF4442294990EB66DDCE3DF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00934B04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00934B04" w:rsidRPr="00791770">
         <w:t>oyster shell</w:t>
       </w:r>
       <w:r w:rsidR="00934B04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1364895044"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1515498090"/>
+          <w:placeholder>
+            <w:docPart w:val="F800D41BCCA34FE5A82A9F0F11D450AE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00934B04">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00934B04" w:rsidRPr="00791770">
         <w:t>floral material</w:t>
       </w:r>
       <w:r w:rsidR="00934B04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1991673038"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="485597099"/>
+          <w:placeholder>
+            <w:docPart w:val="12C6D07DC35E40999AB095C7B716855A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="23DA6B4B" w14:textId="27E67854" w:rsidR="00B47C0B" w:rsidRDefault="00934B04" w:rsidP="00B47C0B">
+    <w:p w14:paraId="23DA6B4B" w14:textId="0E30E8B5" w:rsidR="00B47C0B" w:rsidRDefault="00934B04" w:rsidP="00B47C0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1350"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1384483738"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="627431427"/>
+          <w:placeholder>
+            <w:docPart w:val="6F4DE9E4CDEC49EA8C7D15446AFFC4DA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-224301668"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1639022786"/>
+          <w:placeholder>
+            <w:docPart w:val="DEC1D388F0474EB7A78A2FB94C9AF259"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other material"/>
           <w:tag w:val="other material"/>
           <w:id w:val="-1641418229"/>
           <w:placeholder>
             <w:docPart w:val="AD88910CDCF2423EB5BA862FC041D987"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1A7D71" w14:textId="37B48837" w:rsidR="005569CF" w:rsidRDefault="005569CF" w:rsidP="00B47C0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="005569CF">
         <w:t>Lithic materials (check all applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426ADAA2" w14:textId="4BC1D5B6" w:rsidR="00B47C0B" w:rsidRDefault="00B47C0B" w:rsidP="00437215">
+    <w:p w14:paraId="090C8B46" w14:textId="4B186E3A" w:rsidR="0087300E" w:rsidRDefault="00B47C0B" w:rsidP="0087300E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3060"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="6570"/>
+          <w:tab w:val="right" w:pos="4410"/>
+          <w:tab w:val="right" w:pos="6480"/>
+          <w:tab w:val="right" w:pos="8280"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>jasper</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1920142494"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1009799068"/>
+          <w:placeholder>
+            <w:docPart w:val="1F281AD960DA41B5A22154FB22D98FC6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>chert</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="2054802462"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2117024210"/>
+          <w:placeholder>
+            <w:docPart w:val="7CA44D26A336481C9C72CCD9CEEC067D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>rhyolite</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1821301093"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-807092330"/>
+          <w:placeholder>
+            <w:docPart w:val="EC94E066951B4197BA31ADC99952A51C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>quartz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005F751C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-395895227"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="872270679"/>
+          <w:placeholder>
+            <w:docPart w:val="F9FDD590EAB54090975E728D69230E4F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>quartzite</w:t>
+      </w:r>
+      <w:r w:rsidR="00437215">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-947305082"/>
+          <w:placeholder>
+            <w:docPart w:val="0B061578628449CF868BD2042ECF0D3F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19016B2E" w14:textId="17B2DD72" w:rsidR="00B47C0B" w:rsidRDefault="00B47C0B" w:rsidP="00437215">
+    <w:p w14:paraId="2B779DC2" w14:textId="5160E420" w:rsidR="0087300E" w:rsidRDefault="00B47C0B" w:rsidP="0087300E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2700"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="6570"/>
+          <w:tab w:val="right" w:pos="5040"/>
+          <w:tab w:val="right" w:pos="6750"/>
+          <w:tab w:val="right" w:pos="8460"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>chalcedony</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1982059426"/>
+          <w:placeholder>
+            <w:docPart w:val="7937E52012ED45A1BD8F32FEDB2F18A8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005673A1" w:rsidRPr="00791770">
+        <w:t>ironstone</w:t>
+      </w:r>
+      <w:r w:rsidR="005673A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="443581462"/>
+          <w:placeholder>
+            <w:docPart w:val="573FADA805934D3A9EEEB19997988129"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005673A1" w:rsidRPr="00791770">
+        <w:t>argillite</w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1221669316"/>
+          <w:placeholder>
+            <w:docPart w:val="A411D0EFFCA7467393B06E87A94B7C05"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005673A1" w:rsidRPr="00791770">
+        <w:t>steatite</w:t>
+      </w:r>
+      <w:r w:rsidR="003266F4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1917324936"/>
+          <w:placeholder>
+            <w:docPart w:val="AC98881DA4AD48F096A93C018A70C9D8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005673A1" w:rsidRPr="00791770">
+        <w:t>sandstone</w:t>
+      </w:r>
+      <w:r w:rsidR="005673A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-860736575"/>
+          <w:placeholder>
+            <w:docPart w:val="943FEC4384ED4952A4B246814B2FB941"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D3E9F5" w14:textId="6688979A" w:rsidR="0087300E" w:rsidRDefault="008A0923" w:rsidP="0087300E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="6570"/>
+          <w:tab w:val="right" w:pos="8820"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>silicified sandstone</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="930855071"/>
+          <w:placeholder>
+            <w:docPart w:val="3CBBD214D01F4786B381B2A349DAC469"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>ferruginous quartzite</w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1197768958"/>
+          <w:placeholder>
+            <w:docPart w:val="0900AC4933164374A13660390573585E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D7D86" w:rsidRPr="00791770">
+        <w:t>European flint</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7D86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1402029279"/>
+          <w:placeholder>
+            <w:docPart w:val="EB5841906A2949639E73DE32E69367D1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087300E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D7D86" w:rsidRPr="00791770">
+        <w:t>basalt</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7D86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="117030000"/>
+          <w:placeholder>
+            <w:docPart w:val="0C2CD427D03F4AC09BFDC68D4FC52575"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="0087300E" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE44F53" w14:textId="03BE4DB9" w:rsidR="005673A1" w:rsidRDefault="004D7D86" w:rsidP="0087300E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2970"/>
+          <w:tab w:val="right" w:pos="3420"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>quartzite</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00437215">
+        <w:t>unknown</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1922520914"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1779838049"/>
+          <w:placeholder>
+            <w:docPart w:val="9F3775E6D87E4F1DA0F92B5556A6432A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437215">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>chalcedony</w:t>
+        <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-448865616"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="339128657"/>
+          <w:placeholder>
+            <w:docPart w:val="9CB0DC570B40411C802C0645DD28CFD5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003266F4">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="005673A1">
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00882143">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...364 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other lithic material"/>
           <w:tag w:val="other lithic material"/>
           <w:id w:val="-1916306397"/>
           <w:placeholder>
             <w:docPart w:val="C0504E564E414854870EE477E2607740"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00882143">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1712E604" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRPr="005569CF" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Diagnostics (choose from manual and give number recovered or observed)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – click plus sign to add more of each type</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1655284371"/>
         <w15:repeatingSection/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-452100529"/>
             <w:placeholder>
               <w:docPart w:val="8AEBBA40AFDB4B1EA433497FE9681F1C"/>
             </w:placeholder>
             <w15:repeatingSectionItem/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="4B0EDD83" w14:textId="02B43190" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00B350A4">
+            <w:p w14:paraId="4B0EDD83" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
               <w:pPr>
-                <w:tabs>
-[...2 lines deleted...]
-                </w:tabs>
                 <w:spacing w:before="120" w:after="120"/>
-                <w:ind w:left="1170" w:firstLine="180"/>
+                <w:ind w:left="1170"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">Did you find projectile points? </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
                   <w:alias w:val="Projectile Point Types"/>
                   <w:tag w:val="Projectile Point Types"/>
                   <w:id w:val="-307638605"/>
                   <w:placeholder>
                     <w:docPart w:val="8DE1049A7E7E4A80A1BBBB8E8B790323"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:dropDownList>
+                    <w:listItem w:displayText="No" w:value="No"/>
                     <w:listItem w:displayText="Clovis" w:value="Clovis"/>
                     <w:listItem w:displayText="Mid-Paleo" w:value="Mid-Paleo"/>
                     <w:listItem w:displayText="Hardaway-Dalton" w:value="Hardaway-Dalton"/>
                     <w:listItem w:displayText="Palmer" w:value="Palmer"/>
                     <w:listItem w:displayText="Kirk corner-Notched" w:value="Kirk corner-Notched"/>
                     <w:listItem w:displayText="Kirk Stemmed" w:value="Kirk Stemmed"/>
                     <w:listItem w:displayText="St. Alban's" w:value="St. Alban's"/>
                     <w:listItem w:displayText="MacCorkle" w:value="MacCorkle"/>
                     <w:listItem w:displayText="LeCroy" w:value="LeCroy"/>
                     <w:listItem w:displayText="Kanawha Stemmed" w:value="Kanawha Stemmed"/>
                     <w:listItem w:displayText="Stanly" w:value="Stanly"/>
                     <w:listItem w:displayText="Morrow Mountain" w:value="Morrow Mountain"/>
                     <w:listItem w:displayText="Guilford" w:value="Guilford"/>
                     <w:listItem w:displayText="Piscataway" w:value="Piscataway"/>
                     <w:listItem w:displayText="Otter Creek" w:value="Otter Creek"/>
                     <w:listItem w:displayText="Vernon" w:value="Vernon"/>
                     <w:listItem w:displayText="Brewerton Corner-Notched" w:value="Brewerton Corner-Notched"/>
                     <w:listItem w:displayText="Brewerton Side-Notched" w:value="Brewerton Side-Notched"/>
                     <w:listItem w:displayText="Brewerton Eared-Triangular" w:value="Brewerton Eared-Triangular"/>
                     <w:listItem w:displayText="Brewerton Eared-Notched" w:value="Brewerton Eared-Notched"/>
                     <w:listItem w:displayText="Bare Island/Holmes" w:value="Bare Island/Holmes"/>
                     <w:listItem w:displayText="Savannah River" w:value="Savannah River"/>
                     <w:listItem w:displayText="Koens Crispin" w:value="Koens Crispin"/>
                     <w:listItem w:displayText="Perikiomen" w:value="Perikiomen"/>
                     <w:listItem w:displayText="Susquehanna Broadspear" w:value="Susquehanna Broadspear"/>
                     <w:listItem w:displayText="Dry Brook" w:value="Dry Brook"/>
                     <w:listItem w:displayText="Orient Fishtail" w:value="Orient Fishtail"/>
                     <w:listItem w:displayText="Calvert" w:value="Calvert"/>
                     <w:listItem w:displayText="Rossville" w:value="Rossville"/>
                     <w:listItem w:displayText="Selby Bay" w:value="Selby Bay"/>
                     <w:listItem w:displayText="Jack's Reef/Fox Creek/Steubenville" w:value="Jack's Reef/Fox Creek/Steubenville"/>
                     <w:listItem w:displayText="Levanna" w:value="Levanna"/>
                     <w:listItem w:displayText="Madison" w:value="Madison"/>
                     <w:listItem w:displayText="Other" w:value="Other"/>
                   </w:dropDownList>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
-                  <w:r w:rsidR="009E3F0A">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
-                    <w:t>No (or click for choices)</w:t>
+                    <w:t>Projectile point types</w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
+              <w:r>
+                <w:tab/>
+              </w:r>
               <w:r>
                 <w:tab/>
                 <w:t xml:space="preserve">Number: </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
+                  <w:alias w:val="number of projectiles"/>
+                  <w:tag w:val="number of projectiles"/>
                   <w:id w:val="-146293517"/>
                   <w:placeholder>
-                    <w:docPart w:val="3995CD2EB7CC46FEB9F010A24CF40029"/>
+                    <w:docPart w:val="A635C49E258B41D19447CF8D32DB2C65"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t xml:space="preserve">      </w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
-            <w:p w14:paraId="1454C2AC" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00B350A4">
+            <w:p w14:paraId="1454C2AC" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
               <w:pPr>
                 <w:tabs>
-                  <w:tab w:val="left" w:pos="1350"/>
+                  <w:tab w:val="left" w:pos="1170"/>
                 </w:tabs>
               </w:pPr>
               <w:r>
                 <w:tab/>
                 <w:t xml:space="preserve">Describe: </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
                   <w:alias w:val="other projectile point"/>
                   <w:tag w:val="other projectile point"/>
                   <w:id w:val="132073633"/>
                   <w:placeholder>
                     <w:docPart w:val="94F29A36419740DFA74B810ACDF99D3E"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                     </w:rPr>
                     <w:t xml:space="preserve">     </w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1705941090"/>
         <w15:repeatingSection/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-897285115"/>
             <w:placeholder>
               <w:docPart w:val="8AEBBA40AFDB4B1EA433497FE9681F1C"/>
             </w:placeholder>
             <w15:repeatingSectionItem/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="12BCF4A3" w14:textId="4630A0A7" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00B350A4">
+            <w:p w14:paraId="12BCF4A3" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
               <w:pPr>
-                <w:tabs>
-[...2 lines deleted...]
-                </w:tabs>
                 <w:spacing w:before="120" w:after="120"/>
-                <w:ind w:left="1170" w:firstLine="180"/>
+                <w:ind w:left="1170"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">Did you find ceramics? </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
                   <w:alias w:val="Ceramics"/>
                   <w:tag w:val="Ceramics"/>
                   <w:id w:val="-520556023"/>
                   <w:placeholder>
                     <w:docPart w:val="2B69D7F1ED624DA9B6B23621AEF73662"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:dropDownList>
+                    <w:listItem w:displayText="No" w:value="No"/>
                     <w:listItem w:displayText="Marcey Creek" w:value="Marcey Creek"/>
                     <w:listItem w:displayText="Vinette" w:value="Vinette"/>
                     <w:listItem w:displayText="Selden Island" w:value="Selden Island"/>
                     <w:listItem w:displayText="Dames Quarter" w:value="Dames Quarter"/>
                     <w:listItem w:displayText="Wolfe Neck" w:value="Wolfe Neck"/>
                     <w:listItem w:displayText="Accokeek" w:value="Accokeek"/>
                     <w:listItem w:displayText="Popes Creek" w:value="Popes Creek"/>
                     <w:listItem w:displayText="Mockley" w:value="Mockley"/>
                     <w:listItem w:displayText="Coulbourn" w:value="Coulbourn"/>
                     <w:listItem w:displayText="Hell Island" w:value="Hell Island"/>
                     <w:listItem w:displayText="Riggins" w:value="Riggins"/>
                     <w:listItem w:displayText="Rappahannock Fabric-Impressed" w:value="Rappahannock Fabric-Impressed"/>
                     <w:listItem w:displayText="Rappahannock Incised" w:value="Rappahannock Incised"/>
                     <w:listItem w:displayText="Townsend Corded" w:value="Townsend Corded"/>
                     <w:listItem w:displayText="Townsend Herringbone" w:value="Townsend Herringbone"/>
                     <w:listItem w:displayText="Shepard" w:value="Shepard"/>
                     <w:listItem w:displayText="Page" w:value="Page"/>
                     <w:listItem w:displayText="Keyser" w:value="Keyser"/>
                     <w:listItem w:displayText="Potomac Creek" w:value="Potomac Creek"/>
                     <w:listItem w:displayText="Moyaone" w:value="Moyaone"/>
                     <w:listItem w:displayText="Minguannan" w:value="Minguannan"/>
                     <w:listItem w:displayText="Colono Ware" w:value="Colono Ware"/>
                     <w:listItem w:displayText="Other" w:value="Other"/>
                   </w:dropDownList>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
-                  <w:r w:rsidR="009E3F0A">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
-                    <w:t>No (or click for choices)</w:t>
+                    <w:t>Ceramics types</w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
               <w:r>
                 <w:tab/>
                 <w:t xml:space="preserve">Number: </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
+                  <w:alias w:val="number of ceramics"/>
+                  <w:tag w:val="number of ceramics"/>
                   <w:id w:val="2047014404"/>
                   <w:placeholder>
-                    <w:docPart w:val="A2C91DF4F49E4B678156428AB47BFBBF"/>
+                    <w:docPart w:val="1DC0FB4383C241F29E108126BA1FE03B"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t xml:space="preserve">      </w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
-            <w:p w14:paraId="7601D4DF" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00B350A4">
+            <w:p w14:paraId="7601D4DF" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
               <w:pPr>
                 <w:tabs>
-                  <w:tab w:val="left" w:pos="1350"/>
+                  <w:tab w:val="left" w:pos="1170"/>
                 </w:tabs>
               </w:pPr>
               <w:r>
                 <w:tab/>
                 <w:t xml:space="preserve">Describe: </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
                   <w:alias w:val="other ceramic"/>
                   <w:tag w:val="other projectile point"/>
                   <w:id w:val="-70130830"/>
                   <w:placeholder>
                     <w:docPart w:val="74F640E98F824DF18DF2927E611075A5"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                     </w:rPr>
                     <w:t xml:space="preserve">     </w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1700040289"/>
         <w15:repeatingSection/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2074739880"/>
             <w:placeholder>
               <w:docPart w:val="8AEBBA40AFDB4B1EA433497FE9681F1C"/>
             </w:placeholder>
             <w15:repeatingSectionItem/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="3F50700A" w14:textId="4214A474" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00B350A4">
+            <w:p w14:paraId="3F50700A" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
               <w:pPr>
-                <w:tabs>
-[...2 lines deleted...]
-                </w:tabs>
                 <w:spacing w:before="120" w:after="120"/>
-                <w:ind w:left="1170" w:firstLine="180"/>
+                <w:ind w:left="1170"/>
               </w:pPr>
               <w:r>
                 <w:t xml:space="preserve">Any other artifacts? </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
                   <w:alias w:val="Other Diagnostic Artifacts"/>
                   <w:tag w:val="Other Diagnostic Artifacts"/>
                   <w:id w:val="-248963926"/>
                   <w:placeholder>
                     <w:docPart w:val="AA39414977CB45818084F9A07F702DB9"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:dropDownList>
+                    <w:listItem w:displayText="No" w:value="No"/>
                     <w:listItem w:displayText="Bannerstones/Spearthower weights" w:value="Bannerstones/Spearthower weights"/>
                     <w:listItem w:displayText="Axes - 3/4-grooved" w:value="Axes - 3/4-grooved"/>
                     <w:listItem w:displayText="Axes - full-grooved" w:value="Axes - full-grooved"/>
                     <w:listItem w:displayText="Celts" w:value="Celts"/>
                     <w:listItem w:displayText="Gorgets" w:value="Gorgets"/>
                     <w:listItem w:displayText="Steatite Bowls" w:value="Steatite Bowls"/>
                     <w:listItem w:displayText="Discoidals" w:value="Discoidals"/>
                     <w:listItem w:displayText="Pipes" w:value="Pipes"/>
                     <w:listItem w:displayText="Trade items" w:value="Trade items"/>
                     <w:listItem w:displayText="Copper artifacts" w:value="Copper artifacts"/>
                   </w:dropDownList>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
-                  <w:r w:rsidR="009E3F0A">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
-                    <w:t>No (or click for choices)</w:t>
+                    <w:t>Other artifact types</w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
-              <w:r w:rsidR="00B350A4">
+              <w:r>
                 <w:tab/>
-              </w:r>
-              <w:r>
                 <w:t xml:space="preserve">Number: </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
+                  <w:alias w:val="number of other artifacts"/>
+                  <w:tag w:val="number of other artifacts"/>
                   <w:id w:val="-610432377"/>
                   <w:placeholder>
-                    <w:docPart w:val="8BD7CC175CE549BBBAD3D1F275604E3B"/>
+                    <w:docPart w:val="8987177521D84CE89F6FB4F159563050"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                     </w:rPr>
                     <w:t xml:space="preserve">      </w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
-            <w:p w14:paraId="0BE70162" w14:textId="4E952E33" w:rsidR="00F52F5C" w:rsidRDefault="00B350A4" w:rsidP="00B350A4">
+            <w:p w14:paraId="0BE70162" w14:textId="77777777" w:rsidR="00F52F5C" w:rsidRDefault="00F52F5C" w:rsidP="00F52F5C">
               <w:pPr>
-                <w:tabs>
-[...1 lines deleted...]
-                </w:tabs>
                 <w:spacing w:before="120" w:after="120"/>
                 <w:ind w:left="1170"/>
               </w:pPr>
               <w:r>
-                <w:tab/>
-[...1 lines deleted...]
-              <w:r w:rsidR="00F52F5C">
                 <w:t xml:space="preserve">Describe: </w:t>
               </w:r>
               <w:sdt>
                 <w:sdtPr>
+                  <w:rPr>
+                    <w:rStyle w:val="AnswerChar"/>
+                  </w:rPr>
                   <w:alias w:val="other artifacts"/>
                   <w:tag w:val="other artifacts"/>
                   <w:id w:val="-1571579420"/>
                   <w:placeholder>
                     <w:docPart w:val="6097EAC6450D4345BBC31580A6F7D0D9"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
+                <w:sdtEndPr>
+                  <w:rPr>
+                    <w:rStyle w:val="DefaultParagraphFont"/>
+                    <w:u w:val="none"/>
+                  </w:rPr>
+                </w:sdtEndPr>
                 <w:sdtContent>
-                  <w:r w:rsidR="00F52F5C">
+                  <w:r>
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                     </w:rPr>
                     <w:t xml:space="preserve">     </w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="49904024" w14:textId="63CD8805" w:rsidR="005569CF" w:rsidRDefault="005569CF" w:rsidP="0068498A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Features present:</w:t>
       </w:r>
       <w:r w:rsidR="00BB2B4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="features present"/>
+          <w:tag w:val="features present"/>
           <w:id w:val="2033848529"/>
           <w:placeholder>
-            <w:docPart w:val="2C0852C3FBB943B78E1C59644604C305"/>
+            <w:docPart w:val="C86DE5AEBDF1491FAAEBBD0BC480F333"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7824E36D" w14:textId="33ECF923" w:rsidR="005569CF" w:rsidRPr="00D47425" w:rsidRDefault="005569CF" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Types of features identified</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (check all applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4EE635" w14:textId="794C1C1A" w:rsidR="00D47425" w:rsidRDefault="00D47425" w:rsidP="00D47425">
+    <w:p w14:paraId="1206B49F" w14:textId="645794AC" w:rsidR="00607201" w:rsidRDefault="00D47425" w:rsidP="00607201">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4500"/>
+          <w:tab w:val="right" w:pos="6750"/>
+          <w:tab w:val="right" w:pos="8910"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>midden</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1953690897"/>
+          <w:placeholder>
+            <w:docPart w:val="BAB2DD5B282E453BA7D2A5E291900B7A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>shell midden</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1222866553"/>
+          <w:placeholder>
+            <w:docPart w:val="6CD62D2862274225A6C6267A45869D65"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>postholes/molds</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-2136560228"/>
+          <w:placeholder>
+            <w:docPart w:val="5EBD73C5FF0B42018C7EEEDC911C85F8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>house patterns</w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1452779168"/>
+          <w:placeholder>
+            <w:docPart w:val="5F71FA66D80A448792E9C27E6C15C985"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00180C73" w:rsidRPr="00791770">
+        <w:t>palisade</w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1307505012"/>
+          <w:placeholder>
+            <w:docPart w:val="8BA0E2E6B71C4C9DA298310DAFE1447C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C" w:rsidRPr="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB77615" w14:textId="58AF2D73" w:rsidR="00607201" w:rsidRDefault="00180C73" w:rsidP="00607201">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4950"/>
+          <w:tab w:val="right" w:pos="7380"/>
+          <w:tab w:val="right" w:pos="8820"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>hearths</w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1730910431"/>
+          <w:placeholder>
+            <w:docPart w:val="125ECD71F87646BFA431DDBFB95AAA64"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C" w:rsidRPr="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>chipping clusters</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1686204545"/>
+          <w:placeholder>
+            <w:docPart w:val="3335E80A8A5347F99C74B7476642355F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C" w:rsidRPr="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>refuse/storage pits</w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="937555221"/>
+          <w:placeholder>
+            <w:docPart w:val="F1F0295BB0A84892B77334F83E6C62B0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C" w:rsidRPr="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>burials</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="735520986"/>
+          <w:placeholder>
+            <w:docPart w:val="DB7E029EC6144E338EC93BFA2D7B965F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>ossuaries</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1785693844"/>
+          <w:placeholder>
+            <w:docPart w:val="EFEE9A9C550D42AA94FD6F941E061DEC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081B2594" w14:textId="1C60A0C3" w:rsidR="005569CF" w:rsidRPr="009150A1" w:rsidRDefault="00180C73" w:rsidP="002628BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>midden</w:t>
+        <w:t>unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="167292725"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1286962913"/>
+          <w:placeholder>
+            <w:docPart w:val="1EAB047438A94CC5AAAB18B2DDDFF4E7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BE2042">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F751C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>shell midden</w:t>
+        <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="161587469"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1402634287"/>
+          <w:placeholder>
+            <w:docPart w:val="86D5D52D2C604AA39524AEF0B042408D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BE2042">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005F751C" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005F751C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...358 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other feature"/>
           <w:tag w:val="other feature"/>
           <w:id w:val="832417834"/>
           <w:placeholder>
             <w:docPart w:val="72FCA82D06634C3E9E11D38FA332AA79"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005569CF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005569CF">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005569CF">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2268624E" w14:textId="77777777" w:rsidR="005A5CE4" w:rsidRDefault="005569CF" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Flotation samples </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>collected</w:t>
       </w:r>
       <w:r w:rsidR="0076341F">
         <w:t>?</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0076341F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="flotation samples collected?"/>
           <w:tag w:val="flotation samples collected?"/>
           <w:id w:val="-1864586330"/>
           <w:placeholder>
             <w:docPart w:val="1A73D5758E4D404A81614CF902F2634D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0076341F">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A654AF" w14:textId="77777777" w:rsidR="005A5CE4" w:rsidRDefault="005A5CE4" w:rsidP="00980595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>If yes, w</w:t>
       </w:r>
       <w:r w:rsidR="00BB2B4B">
         <w:t xml:space="preserve">ere the samples </w:t>
       </w:r>
       <w:r w:rsidR="0076341F">
         <w:t>analyzed?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="flotation samples analyzed?"/>
           <w:tag w:val="flotation samples analyzed?"/>
           <w:id w:val="463777375"/>
           <w:placeholder>
             <w:docPart w:val="2E0BC7F6173141C7882D443793F8E6F0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="09CEAB4D" w14:textId="367CDF2F" w:rsidR="005569CF" w:rsidRPr="00791770" w:rsidRDefault="005A5CE4" w:rsidP="00980595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If analyzed, by whom? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name of analyzer "/>
           <w:tag w:val="name of analyzer "/>
           <w:id w:val="31934497"/>
           <w:placeholder>
             <w:docPart w:val="D7E14072B3F142E28AB420BE873A1F85"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC1DB06" w14:textId="75953DD7" w:rsidR="0076341F" w:rsidRDefault="0076341F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Samples for radiocarbon dating collected:</w:t>
       </w:r>
       <w:r w:rsidR="00BB2B4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="radiocarbon dating"/>
           <w:tag w:val="radiocarbon dating"/>
           <w:id w:val="-1012151639"/>
           <w:placeholder>
             <w:docPart w:val="4226E83D45B74DADA9E9C69B63CB8EC1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1A5A33B4" w14:textId="3143CF12" w:rsidR="0076341F" w:rsidRPr="00791770" w:rsidRDefault="00BB2B4B" w:rsidP="00980595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>If yes, share the da</w:t>
       </w:r>
       <w:r w:rsidR="0076341F" w:rsidRPr="00791770">
         <w:t>tes and Lab Reference Nos</w:t>
       </w:r>
       <w:r w:rsidR="0076341F">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="dates and lab references"/>
           <w:tag w:val="dates and lab references"/>
           <w:id w:val="-2008588478"/>
           <w:placeholder>
             <w:docPart w:val="637A49882EE045AB877AC0D9B6532A6F"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="506BB82D" w14:textId="77777777" w:rsidR="005A5CE4" w:rsidRDefault="0076341F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Soil</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> samples </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>collected</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="soil samples collected?"/>
           <w:tag w:val="soil samples collected?"/>
           <w:id w:val="-196776237"/>
           <w:placeholder>
             <w:docPart w:val="FD444F7469EB4D36BF3D90EAF4BFF473"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00BB2B4B" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0B02127B" w14:textId="77777777" w:rsidR="005A5CE4" w:rsidRDefault="005A5CE4" w:rsidP="00980595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If yes, were the samples analyzed? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="soil samples analyzed?"/>
           <w:tag w:val="soil samples analyzed?"/>
           <w:id w:val="-1626693370"/>
           <w:placeholder>
             <w:docPart w:val="846FB79FCD05441089C526D004112DE6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1549D07C" w14:textId="60B9DF64" w:rsidR="00BB2B4B" w:rsidRDefault="005A5CE4" w:rsidP="00980595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If analyzed, by whom? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name of analyzer "/>
           <w:tag w:val="name of analyzer "/>
           <w:id w:val="-1176806131"/>
           <w:placeholder>
             <w:docPart w:val="92B6A26FB0EC4326877D83F1906A7400"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AD582C0" w14:textId="6B995C66" w:rsidR="00F14048" w:rsidRDefault="0076341F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Other analyses (</w:t>
       </w:r>
       <w:r w:rsidRPr="00F14048">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>specify</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other analyses"/>
           <w:tag w:val="other analyses"/>
           <w:id w:val="137154105"/>
           <w:placeholder>
             <w:docPart w:val="3F5A4E0FD9C94B348A51748A70481532"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="28A7E45B" w14:textId="2AC47853" w:rsidR="0076341F" w:rsidRDefault="0076341F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Additional comments: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="additional comments"/>
           <w:tag w:val="additional comments"/>
           <w:id w:val="-760524026"/>
           <w:placeholder>
             <w:docPart w:val="41E53D7EB5494E9681315E1B34171037"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="366F2D2B" w14:textId="40C3DB02" w:rsidR="00980595" w:rsidRDefault="0076341F" w:rsidP="00F14048">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:lastRenderedPageBreak/>
         <w:t>Form</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> filled out by: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name of who filled out form"/>
           <w:tag w:val="name of who filled out form"/>
           <w:id w:val="-313800274"/>
           <w:placeholder>
             <w:docPart w:val="D2AC72CD973940D4891A08C1B14EAA85"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD" w:rsidRPr="003576C2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EA2EAB">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address/Company: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="address"/>
           <w:tag w:val="address"/>
           <w:id w:val="347687293"/>
           <w:placeholder>
             <w:docPart w:val="8849534816304F3FA63BEE491A4F7CFF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD" w:rsidRPr="003576C2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA2EAB">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="date form filled out"/>
           <w:tag w:val="date form filled out"/>
           <w:id w:val="741138848"/>
           <w:placeholder>
             <w:docPart w:val="4D101D62074846DBA0026AEBB569F95D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD" w:rsidRPr="003576C2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38505645" w14:textId="77777777" w:rsidR="00980595" w:rsidRDefault="00980595" w:rsidP="00F14048"/>
     <w:p w14:paraId="12340424" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="4E82F016" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="33C6323A" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="6A907120" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="325611CB" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="22BB92E0" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="0BF21B85" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="12032CA5" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="57D6E8C8" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="0E570661" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
@@ -11840,690 +15711,950 @@
     <w:p w14:paraId="3CE807C4" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="153F56AA" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="3E8A0695" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="27355025" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="7B213CD7" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="2C28B1CA" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="22BADDC2" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="49AD561D" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="7A4E59AE" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="0B25BE96" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="1027DBEA" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="153D9A32" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="7D7B0BA3" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="1650A59F" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="112AE3EF" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="31A1BE7D" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="4850BF2A" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="2DF1B87F" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="7F810C7E" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="0430D60A" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="0FCAD232" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="45151134" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="7B658C9F" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="3BF5FFC2" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="21ECBFD2" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
-    <w:p w14:paraId="7AD50950" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
-    <w:p w14:paraId="17CD4606" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048"/>
     <w:p w14:paraId="356824CA" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00D712CE" w:rsidP="00F14048">
       <w:pPr>
-        <w:sectPr w:rsidR="00D712CE" w:rsidSect="008A1356">
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId19"/>
+        <w:sectPr w:rsidR="00D712CE" w:rsidSect="00A703F8">
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CABF938" w14:textId="77777777" w:rsidR="0076341F" w:rsidRPr="00791770" w:rsidRDefault="0076341F" w:rsidP="0076341F">
+    <w:p w14:paraId="0FF35135" w14:textId="77777777" w:rsidR="00A703F8" w:rsidRPr="004C6AB0" w:rsidRDefault="00A703F8" w:rsidP="00A703F8">
       <w:pPr>
-        <w:ind w:left="413"/>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
       </w:pPr>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:t>Maryland Inventory of Historic Properties (Archaeology)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5C1C9A41" w14:textId="66910B38" w:rsidR="005569CF" w:rsidRDefault="0076341F" w:rsidP="001342F0">
+    <w:p w14:paraId="512A4E95" w14:textId="3E0D901C" w:rsidR="000C0231" w:rsidRDefault="00A703F8" w:rsidP="00A703F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Historic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A685D">
+        <w:t xml:space="preserve"> Data Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1C9A41" w14:textId="2C263775" w:rsidR="005569CF" w:rsidRDefault="0076341F" w:rsidP="001342F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Site class </w:t>
       </w:r>
       <w:r w:rsidRPr="00820344">
         <w:t>(check all applicable, check at least one from each group)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FA69A3" w14:textId="3418A342" w:rsidR="0076341F" w:rsidRDefault="00820344" w:rsidP="001342F0">
+    <w:p w14:paraId="29FA69A3" w14:textId="60B72235" w:rsidR="0076341F" w:rsidRDefault="00820344" w:rsidP="002E5209">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5940"/>
+          <w:tab w:val="right" w:pos="8190"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk216184502"/>
       <w:r w:rsidRPr="00791770">
         <w:t>domestic</w:t>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="749390874"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-511762152"/>
+          <w:placeholder>
+            <w:docPart w:val="8109A5376F20458C92837DD8C42726F2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>commercial</w:t>
+      </w:r>
+      <w:r w:rsidR="00957F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-779716524"/>
+          <w:placeholder>
+            <w:docPart w:val="4F741B07CB1A42A794A9574B8D52E9FA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>commercial</w:t>
+        <w:t>industrial</w:t>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1796127534"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="351620813"/>
+          <w:placeholder>
+            <w:docPart w:val="5FB7DD90565746469F73D90BA7BE2030"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3203F">
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>industrial</w:t>
-      </w:r>
+        <w:t>educational</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2044047766"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="871497626"/>
+          <w:placeholder>
+            <w:docPart w:val="A646EA26009D4A0FAB983D982E794144"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E86CCD" w14:textId="0DD5434A" w:rsidR="00607201" w:rsidRDefault="00820344" w:rsidP="002E5209">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7020"/>
+          <w:tab w:val="right" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1890"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216184538"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk216184657"/>
       <w:r w:rsidRPr="00791770">
-        <w:t>educational</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>transportation</w:t>
+      </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1338761213"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1236434967"/>
+          <w:placeholder>
+            <w:docPart w:val="0625699574F34F9D87FDBE7C1578B4B0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>non-domestic agricultural</w:t>
+      </w:r>
+      <w:r w:rsidR="00957F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1987228687"/>
+          <w:placeholder>
+            <w:docPart w:val="AE0A6F32089D4CCAA50CE2031A9D6407"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>military</w:t>
+      </w:r>
+      <w:r w:rsidR="00957F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1912963731"/>
+          <w:placeholder>
+            <w:docPart w:val="290BF14032E54A8E8E6CA3A5FFD0CB94"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00086D57" w:rsidRPr="00791770">
+        <w:t>sepulcher</w:t>
+      </w:r>
+      <w:r w:rsidR="00957F49">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="512265831"/>
+          <w:placeholder>
+            <w:docPart w:val="DEEACF9704594C73AA8CD4BE8A6219EF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="098C0E87" w14:textId="2954F359" w:rsidR="00820344" w:rsidRDefault="00820344" w:rsidP="001342F0">
+    <w:p w14:paraId="363A8C2E" w14:textId="3B0C2A71" w:rsidR="00820344" w:rsidRDefault="00820344" w:rsidP="002E5209">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="6030"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1890"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk216184538"/>
       <w:r w:rsidRPr="00791770">
-        <w:t>transportation</w:t>
-      </w:r>
+        <w:t>religious</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="566693342"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1424569244"/>
+          <w:placeholder>
+            <w:docPart w:val="992C695B6EB849CC95067D258A7C5C3B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...148 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk216184674"/>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1801419315"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-178894532"/>
+          <w:placeholder>
+            <w:docPart w:val="579BBC627D0E48D99C87539537A96FAF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
         <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-833916225"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-874694516"/>
+          <w:placeholder>
+            <w:docPart w:val="42D9B90E296B4F87865021B88875D172"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00607201">
+        <w:t>(</w:t>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="other site class"/>
           <w:tag w:val="other site class"/>
           <w:id w:val="-1041900794"/>
           <w:placeholder>
-            <w:docPart w:val="716A784EFFD148788E9BA30088E840BE"/>
+            <w:docPart w:val="7A2A55F150FE4CFABA7992CB9BBCBE49"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="07970EEA" w14:textId="5FEEAA69" w:rsidR="00477AD5" w:rsidRDefault="00820344" w:rsidP="001342F0">
+    <w:p w14:paraId="58CFA063" w14:textId="1E58F09F" w:rsidR="00607201" w:rsidRPr="00607201" w:rsidRDefault="00820344" w:rsidP="001342F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>urban</w:t>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1219474010"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1591116827"/>
+          <w:placeholder>
+            <w:docPart w:val="F6A0C51639114F7B86C700C7E552FCF4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">         </w:t>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201" w:rsidRPr="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>rural</w:t>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-168644643"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1412976688"/>
+          <w:placeholder>
+            <w:docPart w:val="37E71321144E42F987CFACB97A002A06"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">          </w:t>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201" w:rsidRPr="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D403EA">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D403EA">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00957F49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2129380858"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1189214473"/>
+          <w:placeholder>
+            <w:docPart w:val="5B5EA737823844B4A9B3672A7B237A77"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D403EA">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D5FF468" w14:textId="7552EB0B" w:rsidR="00477AD5" w:rsidRDefault="00820344" w:rsidP="001342F0">
+    <w:p w14:paraId="2D5FF468" w14:textId="37A89101" w:rsidR="00477AD5" w:rsidRDefault="00820344" w:rsidP="001342F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>standing structure:</w:t>
       </w:r>
       <w:r w:rsidR="007C1B94">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="standing structure"/>
           <w:tag w:val="standing structure"/>
           <w:id w:val="-707492713"/>
           <w:placeholder>
             <w:docPart w:val="57582F3321E949488BFC8E297A86FF27"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007C1B94" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="007C1B94">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="007C1B94" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00477AD5">
@@ -12536,3664 +16667,5126 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00892380">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00892380">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BDFECA" w14:textId="06DD95C6" w:rsidR="00477AD5" w:rsidRDefault="00477AD5" w:rsidP="001342F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>above-grade/visible ruin:</w:t>
       </w:r>
       <w:r w:rsidR="007C1B94">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="visible ruin"/>
           <w:tag w:val="visible ruin"/>
           <w:id w:val="1514574442"/>
           <w:placeholder>
             <w:docPart w:val="D79043C0D7FB4533B5FFCCD94676941D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007C1B94" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="007C1B94">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="007C1B94" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="00744408" w14:textId="4E82DB0D" w:rsidR="00892380" w:rsidRDefault="00892380" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Site </w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>ype (check all applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268085E2" w14:textId="7DE4E98C" w:rsidR="00F64566" w:rsidRDefault="00F64566" w:rsidP="007707E2">
+    <w:p w14:paraId="73BF2A6B" w14:textId="258F4AEB" w:rsidR="00086D57" w:rsidRDefault="00F64566" w:rsidP="002E5209">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="6660"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>artifact concentration</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-250896676"/>
+          <w:placeholder>
+            <w:docPart w:val="F3405F3BCFF0472B9F1C111A5C39D3A2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>possible structure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1696110135"/>
+          <w:placeholder>
+            <w:docPart w:val="00A55B31E20646AC971633DE31C8C6B4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>post-in-ground structure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-237869655"/>
+          <w:placeholder>
+            <w:docPart w:val="4636EAF173C24478AF02E50DBCA64568"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C05A63" w14:textId="4DB03612" w:rsidR="00086D57" w:rsidRDefault="00891AC6" w:rsidP="002E5209">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="6030"/>
+          <w:tab w:val="right" w:pos="8190"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>frame structure</w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-680591749"/>
+          <w:placeholder>
+            <w:docPart w:val="9A65F4EB39554CDE9661FDE7E6E2ABCF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>masonry structure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="504939780"/>
+          <w:placeholder>
+            <w:docPart w:val="8B2CAE671FB54BFBA903F102C176AFBD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>log structure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="519286028"/>
+          <w:placeholder>
+            <w:docPart w:val="6F4AA4852BF94C9F97C6CEEF267E3957"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D42884" w:rsidRPr="00791770">
+        <w:t>farmstead</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42884">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1503313321"/>
+          <w:placeholder>
+            <w:docPart w:val="B044D6CCBDBC4E97BA85974B72D24BE9"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CC423D" w14:textId="2F9526B4" w:rsidR="00086D57" w:rsidRDefault="00D42884" w:rsidP="002E5209">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4770"/>
+          <w:tab w:val="right" w:pos="6840"/>
+          <w:tab w:val="right" w:pos="9000"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>plantation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1996605587"/>
+          <w:placeholder>
+            <w:docPart w:val="59D4E79D42B74073B77A99FFB462B571"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007707E2" w:rsidRPr="00791770">
+        <w:t>townsite</w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-225462983"/>
+          <w:placeholder>
+            <w:docPart w:val="6F6617A26E6745A1BFCBEB12726A3183"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0067066A" w:rsidRPr="00791770">
+        <w:t>road/railroad</w:t>
+      </w:r>
+      <w:r w:rsidR="0067066A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="91523677"/>
+          <w:placeholder>
+            <w:docPart w:val="0B512A0460654A3084B2FC57D2D7CADD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0067066A" w:rsidRPr="00791770">
+        <w:t>wharf/landing</w:t>
+      </w:r>
+      <w:r w:rsidR="0067066A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="606772276"/>
+          <w:placeholder>
+            <w:docPart w:val="BB9EDE5F30DF43B7A97514646D3B4D6E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0067066A" w:rsidRPr="00791770">
+        <w:t>bridge</w:t>
+      </w:r>
+      <w:r w:rsidR="0067066A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-6686584"/>
+          <w:placeholder>
+            <w:docPart w:val="B0D9F1B785AD433AB4400DC6A442EADC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00086D57" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7513BDFC" w14:textId="3FD664A8" w:rsidR="00086D57" w:rsidRDefault="00F35114" w:rsidP="002E5209">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2700"/>
+          <w:tab w:val="right" w:pos="6570"/>
+          <w:tab w:val="right" w:pos="8190"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>ford</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1516734806"/>
+          <w:placeholder>
+            <w:docPart w:val="35F31C303F5B412ABF3E690B08E250EA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007707E2" w:rsidRPr="00791770">
+        <w:t xml:space="preserve">mill </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1783844075"/>
+          <w:placeholder>
+            <w:docPart w:val="2F85CD5058704E9E924D483E9EEF9644"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007707E2" w:rsidRPr="00791770">
+        <w:t xml:space="preserve">(specify: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="mill type"/>
+          <w:tag w:val="mill type"/>
+          <w:id w:val="1236673167"/>
+          <w:placeholder>
+            <w:docPart w:val="1FEFC4A7A44C431285270155754D3D4C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="007707E2">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007707E2" w:rsidRPr="00791770">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00015934" w:rsidRPr="00791770">
+        <w:t>raceway</w:t>
+      </w:r>
+      <w:r w:rsidR="00015934">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1207096435"/>
+          <w:placeholder>
+            <w:docPart w:val="FAEDF58646D14EF8AD9681EC319BE0B6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00015934" w:rsidRPr="00791770">
+        <w:t>quarry</w:t>
+      </w:r>
+      <w:r w:rsidR="00015934">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="738832172"/>
+          <w:placeholder>
+            <w:docPart w:val="2158FD905F2642EF93BBE2D8AD722A0E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00015934" w:rsidRPr="00791770">
+        <w:t>furnace/forge</w:t>
+      </w:r>
+      <w:r w:rsidR="00015934">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1690485247"/>
+          <w:placeholder>
+            <w:docPart w:val="BA96169015244411810EDA6E612ACEA1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7688A6B6" w14:textId="1E73A675" w:rsidR="002E5209" w:rsidRDefault="00015934" w:rsidP="002E5209">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7110"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>other industrial</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1635557125"/>
+          <w:placeholder>
+            <w:docPart w:val="F3DE23DCEB4F41BF8FC14A51CFC3C74B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:t>specify:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="other industrial type"/>
+          <w:tag w:val="other industrial type"/>
+          <w:id w:val="-634099789"/>
+          <w:placeholder>
+            <w:docPart w:val="64C994886A4C4EB6BA6E72A163985D3A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B5236C">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00086D57">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B5236C" w:rsidRPr="00791770">
+        <w:t>battlefield</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5236C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-400214627"/>
+          <w:placeholder>
+            <w:docPart w:val="D643CAAA797846C8A64CD9C6A104052D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B5236C" w:rsidRPr="00791770">
+        <w:t>military fortification</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5236C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1721054909"/>
+          <w:placeholder>
+            <w:docPart w:val="AC5709F2AD4B4781BB50876726B7097F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170EAB10" w14:textId="43F412DE" w:rsidR="002E5209" w:rsidRDefault="00B5236C" w:rsidP="002E5209">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="6390"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>military encampment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-282958471"/>
+          <w:placeholder>
+            <w:docPart w:val="8CB116E4E60E43BF8592702135E44382"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>cemetery</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-555699190"/>
+          <w:placeholder>
+            <w:docPart w:val="55C3BB39E47E48D9B19048C0AFE435F2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>unknown</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1099453605"/>
+          <w:placeholder>
+            <w:docPart w:val="5D40C4BE746840D98B629B6D11BF6CE1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8EBB32" w14:textId="55C58F13" w:rsidR="00B5236C" w:rsidRDefault="00B5236C" w:rsidP="002E5209">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
           <w:tab w:val="left" w:pos="5940"/>
         </w:tabs>
-        <w:ind w:left="1350"/>
-[...932 lines deleted...]
-        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>other</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00607201">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1152438016"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2022735666"/>
+          <w:placeholder>
+            <w:docPart w:val="EAAA06DEFC4F49A1867D45433BE7CBAA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other site type"/>
           <w:tag w:val="other site type"/>
           <w:id w:val="1278141557"/>
           <w:placeholder>
             <w:docPart w:val="DC373C906C89414F8A60712CC1D70060"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="507F2BFD" w14:textId="4A687DBC" w:rsidR="00892380" w:rsidRPr="00791770" w:rsidRDefault="00892380" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Ethnic Association:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B0113C2" w14:textId="7D365C34" w:rsidR="00096EF0" w:rsidRDefault="00892380" w:rsidP="00096EF0">
+    <w:p w14:paraId="2B0113C2" w14:textId="3090F3B0" w:rsidR="00096EF0" w:rsidRDefault="00892380" w:rsidP="002E5209">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3420"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="5850"/>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="right" w:pos="10530"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Native American</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1412816345"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1650118073"/>
+          <w:placeholder>
+            <w:docPart w:val="1E353811015548BFB52608F9533C2135"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B147B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
         <w:t>African American</w:t>
       </w:r>
       <w:r w:rsidR="00B147B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="625587748"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1476638271"/>
+          <w:placeholder>
+            <w:docPart w:val="C241F4DC44354E75A134C2804797A9B7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B147B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
         <w:t>Angloamerican</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B147B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1518349491"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1151180111"/>
+          <w:placeholder>
+            <w:docPart w:val="E2118D870D0C4BD79593B2CEAF4260B3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00096EF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
         <w:t>Hispanic American</w:t>
       </w:r>
       <w:r w:rsidR="00B147B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1264144173"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-809937953"/>
+          <w:placeholder>
+            <w:docPart w:val="517A2FDF26854D31BBEF6B43F68758A2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00096EF0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B97968D" w14:textId="1BD18909" w:rsidR="00892380" w:rsidRPr="00791770" w:rsidRDefault="00892380" w:rsidP="00096EF0">
+    <w:p w14:paraId="67CD18D2" w14:textId="46C53581" w:rsidR="002E5209" w:rsidRDefault="00892380" w:rsidP="002E5209">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3420"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Asian American</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1050813489"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1475221657"/>
+          <w:placeholder>
+            <w:docPart w:val="D39900EEBD7B4F9288F0A310AC8DB6C7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
         <w:t>Euroamerican</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
-        <w:t xml:space="preserve"> (specify)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B147B2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="647180887"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1806348111"/>
+          <w:placeholder>
+            <w:docPart w:val="3346A28DA0614BF097DD5E6E179BF8F1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="002E5209">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209" w:rsidRPr="002E5209">
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
+        <w:t xml:space="preserve"> (specify</w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
         <w:t xml:space="preserve">: </w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="specify here"/>
           <w:tag w:val="specify here"/>
-          <w:id w:val="869425218"/>
+          <w:id w:val="-488631921"/>
           <w:placeholder>
-            <w:docPart w:val="967ACD91970D4C84844F818A7D400F49"/>
+            <w:docPart w:val="E8DEA26889F54493A7D9747FB4C13291"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00B147B2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B147B2">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B147B2">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
+    </w:p>
+    <w:p w14:paraId="1B97968D" w14:textId="3DE14C1B" w:rsidR="00892380" w:rsidRPr="00791770" w:rsidRDefault="00B147B2" w:rsidP="002E5209">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3150"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
-      <w:r w:rsidR="00B147B2">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-654608923"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1874189691"/>
+          <w:placeholder>
+            <w:docPart w:val="A57A386438E841E0A44809DBCC6B746E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B147B2">
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
+      <w:r w:rsidRPr="00791770">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00B147B2">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1708323850"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1739774196"/>
+          <w:placeholder>
+            <w:docPart w:val="56CFB67BD7454D04A22F68B439EFC711"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B147B2" w:rsidRPr="00791770">
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00B147B2">
+      <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other association"/>
           <w:tag w:val="other association"/>
           <w:id w:val="-98572213"/>
           <w:placeholder>
             <w:docPart w:val="78FD6F30064D49E9939545BAD62A507D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00B147B2">
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B147B2">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C164F91" w14:textId="3218BFAE" w:rsidR="00892380" w:rsidRDefault="00892380" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Categories of material </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>remains</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> present (</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>check all applicable</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076F1455" w14:textId="60D42479" w:rsidR="00892380" w:rsidRPr="00791770" w:rsidRDefault="00892380" w:rsidP="00892380">
+    <w:p w14:paraId="076F1455" w14:textId="5A379D1A" w:rsidR="00892380" w:rsidRPr="00791770" w:rsidRDefault="00892380" w:rsidP="002E5209">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5310"/>
+          <w:tab w:val="right" w:pos="8190"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>ceramics</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00021A7A">
+      <w:r w:rsidR="002E5209">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1878765423"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1467353426"/>
+          <w:placeholder>
+            <w:docPart w:val="40CE5403777C40DCBD54D49C6B6FB3B2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00021A7A">
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:tab/>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>obacco pipes</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="40574395"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="432871255"/>
+          <w:placeholder>
+            <w:docPart w:val="39C4D6D27F894E59A324DD8E7979E0ED"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>bottle/table glass</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="2037467713"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1721327202"/>
+          <w:placeholder>
+            <w:docPart w:val="C8C8BD0518D849038427FCA33EBABEE5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>activity items</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2047365931"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1867747655"/>
+          <w:placeholder>
+            <w:docPart w:val="03A2AEE5BD7D4EADA892C320CB36DEAE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="22E25E39" w14:textId="3F686D63" w:rsidR="00892380" w:rsidRDefault="00892380" w:rsidP="00892380">
+    <w:p w14:paraId="22E25E39" w14:textId="7DC73068" w:rsidR="00892380" w:rsidRDefault="00892380" w:rsidP="002E5209">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="6930"/>
+          <w:tab w:val="right" w:pos="8910"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>other kitchen artifacts</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="298277866"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-930199144"/>
+          <w:placeholder>
+            <w:docPart w:val="07F8723A709143D4A920239921C5F9D8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00021A7A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>human skeletal remains</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="357472849"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1433653256"/>
+          <w:placeholder>
+            <w:docPart w:val="0F2DF5E4310C4B399FCE5AB22FEA2897"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>architecture</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-24946933"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2020267817"/>
+          <w:placeholder>
+            <w:docPart w:val="6BEB985AAD5E43BE8696BA0057101182"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>furniture</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="639078125"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1508978330"/>
+          <w:placeholder>
+            <w:docPart w:val="2A09F4FAAE464320848EB4E761B50279"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F25634" w14:textId="70C83315" w:rsidR="00892380" w:rsidRPr="00892380" w:rsidRDefault="00892380" w:rsidP="00892380">
+    <w:p w14:paraId="7C342792" w14:textId="25467959" w:rsidR="00BE04B5" w:rsidRDefault="00892380" w:rsidP="000E31D2">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5400"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="right" w:pos="9090"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
         <w:rPr>
-          <w:sz w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>faunal remains</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1951700041"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1930700186"/>
+          <w:placeholder>
+            <w:docPart w:val="2825F33323994966AA5474779A98CBB6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00021A7A">
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>floral remains</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1136991580"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1345984921"/>
+          <w:placeholder>
+            <w:docPart w:val="6EBCF08DC74A4BA3AD03DFC5303AEFE2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>organic remains</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-101183456"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1573545086"/>
+          <w:placeholder>
+            <w:docPart w:val="99EAC75BD1994341876C0CA0EFDDC3C0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E31D2">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>arms</w:t>
       </w:r>
-      <w:r w:rsidR="00021A7A">
+      <w:r w:rsidR="00607201">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1234007966"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="610099484"/>
+          <w:placeholder>
+            <w:docPart w:val="55516C0FBD5943369254404E9212BD76"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>clothing</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-940609286"/>
+          <w:placeholder>
+            <w:docPart w:val="A2DECF4615124774A56FA42BAE6E5F1D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="002E5209" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1AF6C1A2" w14:textId="173161B5" w:rsidR="00892380" w:rsidRDefault="00892380" w:rsidP="00892380">
+    <w:p w14:paraId="1AF6C1A2" w14:textId="350B6A4A" w:rsidR="00892380" w:rsidRDefault="00892380" w:rsidP="00BE04B5">
       <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>clothing</w:t>
+        <w:t>personal items</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1456830476"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="614715047"/>
+          <w:placeholder>
+            <w:docPart w:val="125D281BBF9C4CB48D7A561DD623B02B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>personal items</w:t>
+        <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="401343187"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="959301433"/>
+          <w:placeholder>
+            <w:docPart w:val="983E365893BE44D5B4B1E67682F0DA59"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>other</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="001152C0">
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...26 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other material"/>
           <w:tag w:val="other material"/>
           <w:id w:val="-826282375"/>
           <w:placeholder>
-            <w:docPart w:val="63E885F6988E4EC28FD0DE79DF1459FF"/>
+            <w:docPart w:val="5B269D9CA58B4D97A952458AEC25CA87"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB6DCF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="001152C0" w:rsidRPr="002E5209">
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5209">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE04B5">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00FF4569">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A3203F" w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="574251074"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1216851074"/>
+          <w:placeholder>
+            <w:docPart w:val="418823C81F494110AB0418AD58893B3F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="507A32E5" w14:textId="5B61350B" w:rsidR="00527BF2" w:rsidRDefault="00527BF2" w:rsidP="00527BF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Diagnostics (choose from manual</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t xml:space="preserve">give </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> recorded or observed</w:t>
+        <w:t>give number recorded or observed</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and </w:t>
-[...6 lines deleted...]
-        <w:t>date</w:t>
+        <w:t xml:space="preserve"> and date</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="007A3846">
         <w:t>click</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> plus sign to add more sections</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1106780064"/>
         <w15:repeatingSection/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-611817322"/>
             <w:placeholder>
               <w:docPart w:val="E072FCEE385544F68492E3A4D19DDD1C"/>
             </w:placeholder>
             <w15:repeatingSectionItem/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="7AFF66A3" w14:textId="2C706069" w:rsidR="00527BF2" w:rsidRPr="00791770" w:rsidRDefault="00000000" w:rsidP="00C81E77">
-[...12 lines deleted...]
-                  <w:r w:rsidR="00C81E77">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1589996371"/>
+                <w:placeholder>
+                  <w:docPart w:val="BA6ACEFE31DF4CF9BE6E64637888502C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:p w14:paraId="7AFF66A3" w14:textId="3C9D8D1E" w:rsidR="00527BF2" w:rsidRPr="00791770" w:rsidRDefault="00527BF2" w:rsidP="00527BF2">
+                  <w:pPr>
+                    <w:ind w:left="1133"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A50537">
                     <w:rPr>
                       <w:rStyle w:val="PlaceholderText"/>
                     </w:rPr>
-                    <w:t>Describe artifacts here.</w:t>
+                    <w:t>Click or tap here to enter text.</w:t>
                   </w:r>
-                </w:sdtContent>
-[...1 lines deleted...]
-            </w:p>
+                </w:p>
+              </w:sdtContent>
+            </w:sdt>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="618F1E90" w14:textId="630AFD7B" w:rsidR="00892380" w:rsidRDefault="00A3203F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Features present:</w:t>
       </w:r>
       <w:r w:rsidR="00405B53">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="features present?"/>
           <w:tag w:val="features present?"/>
           <w:id w:val="-125929024"/>
           <w:placeholder>
             <w:docPart w:val="94E7E680D08F40E6A4DEA9CCD071CFD5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00405B53" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r w:rsidR="00405B53">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidR="00405B53" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="12DB8071" w14:textId="09DB2E25" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Types of features present:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071506F9" w14:textId="4A55E4CA" w:rsidR="00021A7A" w:rsidRDefault="00A3203F" w:rsidP="00A3203F">
+    <w:p w14:paraId="071506F9" w14:textId="183C6DAE" w:rsidR="00021A7A" w:rsidRDefault="00A3203F" w:rsidP="00BE04B5">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="6210"/>
+          <w:tab w:val="right" w:pos="8730"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>construction feature</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-404837321"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="304664914"/>
+          <w:placeholder>
+            <w:docPart w:val="DC37AA7673CA4E64B8050081D8120199"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>road/drive/walkway</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="297732171"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="780307493"/>
+          <w:placeholder>
+            <w:docPart w:val="F8F4AD8655B947A4923D7C806BB24A14"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>depression/mound</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-691306087"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="974881387"/>
+          <w:placeholder>
+            <w:docPart w:val="8051877D22D042FFBCBA033165D94FB2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>foundation</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1979721379"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1981886259"/>
+          <w:placeholder>
+            <w:docPart w:val="3B8781070184492A94AAFFF117CB8311"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00021A7A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181A80A5" w14:textId="7319C962" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00A3203F">
+    <w:p w14:paraId="181A80A5" w14:textId="2B9ED5AC" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00BE04B5">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7020"/>
+          <w:tab w:val="right" w:pos="9000"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>cellar hole/storage cellar</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2069334112"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-424262674"/>
+          <w:placeholder>
+            <w:docPart w:val="B6834E74899D426199E3CBCD9E9C01D6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
         <w:t>hearth/chimney base</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="692184958"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1133900419"/>
+          <w:placeholder>
+            <w:docPart w:val="47DCF464ECEC4FD48CF2887BCCD5E563"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>railroad bed</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="754404045"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-82765247"/>
+          <w:placeholder>
+            <w:docPart w:val="5CF848EE61044FFF8770B9C82E29B6CA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>burial</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="224810939"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1426641693"/>
+          <w:placeholder>
+            <w:docPart w:val="79B1361FEFCD4273AB0B07F6A35DFB3A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4010558E" w14:textId="3E4BCD62" w:rsidR="00A3203F" w:rsidRPr="00791770" w:rsidRDefault="00A3203F" w:rsidP="00A3203F">
+    <w:p w14:paraId="4010558E" w14:textId="69A1BDD9" w:rsidR="00A3203F" w:rsidRPr="00791770" w:rsidRDefault="00A3203F" w:rsidP="00BE04B5">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="8550"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>posthole/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>postmold</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-123928320"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2023051781"/>
+          <w:placeholder>
+            <w:docPart w:val="4CFCDA9D12F34A20B20F30CC6CE1EEA3"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
+        <w:t>earthworks</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="296113188"/>
+          <w:placeholder>
+            <w:docPart w:val="3185DC4414A34975BE65289CE8778BB6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>paling ditch/fence</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-2132846006"/>
+          <w:placeholder>
+            <w:docPart w:val="3A52991BB09D4346BC0AABECE299701A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>raceway</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-989553228"/>
+          <w:placeholder>
+            <w:docPart w:val="DE1620B41CF542CDBBD14FBF244F786F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E67AE3B" w14:textId="7C18D8F1" w:rsidR="00BE04B5" w:rsidRDefault="00A3203F" w:rsidP="00BE04B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4770"/>
+          <w:tab w:val="right" w:pos="6930"/>
+          <w:tab w:val="right" w:pos="8280"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00791770">
+        <w:t>wheel pit</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1674335993"/>
+          <w:placeholder>
+            <w:docPart w:val="992E720443654AE2A6F5C96BA0B34192"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE04B5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>well/cistern</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1909056422"/>
+          <w:placeholder>
+            <w:docPart w:val="EAA2BED1225C4839ACF1B4E6A7D8DA1D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>earthworks</w:t>
+        <w:t>trash pit/dump</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1172946733"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1843359794"/>
+          <w:placeholder>
+            <w:docPart w:val="7EEAE7743D554394837EDCC3D80BF0BB"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE04B5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>paling ditch/fence</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00021A7A">
+        <w:t>privy</w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="888919611"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1770928364"/>
+          <w:placeholder>
+            <w:docPart w:val="81B316156E584B2A814C7B4462AFA77C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE04B5">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:tab/>
-        <w:t>raceway</w:t>
+        <w:t>sheet midden</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1471584807"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1897777498"/>
+          <w:placeholder>
+            <w:docPart w:val="11BB6E371EB347C2A7DCD531EC85CA37"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00BE04B5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="34FA5D3A" w14:textId="7B6DB372" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00A3203F">
+    <w:p w14:paraId="30B6B496" w14:textId="321B6363" w:rsidR="00A3203F" w:rsidRPr="00791770" w:rsidRDefault="00A3203F" w:rsidP="00BE04B5">
       <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:t>wheel pit</w:t>
-[...2 lines deleted...]
-        <w:tab/>
+        <w:t>planting feature</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1151360542"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-570509512"/>
+          <w:placeholder>
+            <w:docPart w:val="608CB354228142488E5BEF5EB7A2D236"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>well/cistern</w:t>
+        <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="343219541"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1728104072"/>
+          <w:placeholder>
+            <w:docPart w:val="D657B8AF0DD54900A7EFA6A25D63C9BF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:tab/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6DCF">
+        <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-[...183 lines deleted...]
-        <w:sdtPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other feature type"/>
           <w:tag w:val="other feature type"/>
           <w:id w:val="-1030479923"/>
           <w:placeholder>
             <w:docPart w:val="7F29985BFFBD47FFA251817D26FF7889"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB6DCF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FF4569">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BB6DCF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00021A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="863552905"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1331487377"/>
+          <w:placeholder>
+            <w:docPart w:val="624E5D3DA39643F1A6F0B45930B5D2D1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BB6DCF">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00607201" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00607201">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607201">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="3482FCC4" w14:textId="77777777" w:rsidR="00703ACB" w:rsidRDefault="00A3203F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Flotation samples </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>collected</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00405B53">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="flotation samples collected?"/>
           <w:tag w:val="flotation samples collected?"/>
           <w:id w:val="2094283995"/>
           <w:placeholder>
             <w:docPart w:val="2AF1B11459A649959E30D5550D95EA30"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00703ACB" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00703ACB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00703ACB" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00703ACB">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2027AECA" w14:textId="77777777" w:rsidR="00703ACB" w:rsidRDefault="00703ACB" w:rsidP="009B354C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If yes, were the samples analyzed? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="flotation samples analyzed?"/>
           <w:tag w:val="flotation samples analyzed?"/>
           <w:id w:val="-32194458"/>
           <w:placeholder>
             <w:docPart w:val="EA16644742FA46DA86F1BE6887679E06"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6B08DB01" w14:textId="5665E8BC" w:rsidR="00021A7A" w:rsidRDefault="00703ACB" w:rsidP="009B354C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If analyzed, by whom? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name of analyzer "/>
           <w:tag w:val="name of analyzer "/>
           <w:id w:val="1565980815"/>
           <w:placeholder>
             <w:docPart w:val="339C26EC09CB44AEA94FCF256458979B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ACB1B70" w14:textId="4FE96EC0" w:rsidR="00703ACB" w:rsidRDefault="00A3203F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Soil</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> samples </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>collected</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00703ACB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="soil samples collected?"/>
           <w:tag w:val="soil samples collected?"/>
           <w:id w:val="232360911"/>
           <w:placeholder>
             <w:docPart w:val="800B3054D7EE4B1E8613CD230680AA90"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00703ACB" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00703ACB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00703ACB" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00703ACB">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CE858BA" w14:textId="77777777" w:rsidR="00703ACB" w:rsidRDefault="00703ACB" w:rsidP="009B354C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If yes, were the samples analyzed? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="soil samples analyzed?"/>
           <w:tag w:val="soil samples analyzed?"/>
           <w:id w:val="-756830662"/>
           <w:placeholder>
             <w:docPart w:val="51C13CD980B74A4F983BD2EBDBA97F77"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="yes" w:value="yes"/>
             <w:listItem w:displayText="no" w:value="no"/>
             <w:listItem w:displayText="unknown" w:value="unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="18A0A486" w14:textId="3C06CAAA" w:rsidR="00703ACB" w:rsidRDefault="00703ACB" w:rsidP="009B354C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If analyzed, by whom? </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="name of analyzer "/>
           <w:tag w:val="name of analyzer "/>
           <w:id w:val="1414121375"/>
           <w:placeholder>
             <w:docPart w:val="6129ADB8E0514B15A0FFE872EDC7CD4B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E189C5E" w14:textId="3B73224C" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Other analyses (</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>specify</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="other analyses"/>
           <w:tag w:val="other analyses"/>
           <w:id w:val="1566609814"/>
           <w:placeholder>
             <w:docPart w:val="ED2DA2B51C104F62AE62F6826B35CF02"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2FBE4C82" w14:textId="31B1F8BF" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Additional comments: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="additional comments"/>
           <w:tag w:val="additional comments"/>
           <w:id w:val="501392510"/>
           <w:placeholder>
             <w:docPart w:val="B836767C8C9340D7BB8C06652C27320E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="6FB0BC4C" w14:textId="6DA467BD" w:rsidR="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00D712CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="left"/>
-        <w:sectPr w:rsidR="00A3203F" w:rsidSect="008A1356">
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId23"/>
+        <w:sectPr w:rsidR="00A3203F" w:rsidSect="00516AFE">
+          <w:headerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
-          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
-        <w:lastRenderedPageBreak/>
         <w:t>Form</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> filled out by:</w:t>
       </w:r>
       <w:r w:rsidR="006E1B5B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="form filled out by"/>
           <w:tag w:val="form filled out by"/>
           <w:id w:val="414754580"/>
           <w:placeholder>
             <w:docPart w:val="E1951FBDF47F4D28B29A2D42117413FF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00021A7A">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address/Company: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="address/company"/>
           <w:tag w:val="address/company"/>
           <w:id w:val="997690146"/>
           <w:placeholder>
             <w:docPart w:val="A714FADC4337419898D2E169BD33CA66"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00021A7A">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="date filled out"/>
           <w:tag w:val="date filled out"/>
           <w:id w:val="230510462"/>
           <w:placeholder>
             <w:docPart w:val="DA1334183B6043AA8A26084310CBFBFA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00A557DD">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0FEC0944" w14:textId="3ACADB08" w:rsidR="00A3203F" w:rsidRPr="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00325B3B">
+    <w:p w14:paraId="5E8FA722" w14:textId="77777777" w:rsidR="00D5014A" w:rsidRPr="004C6AB0" w:rsidRDefault="00D5014A" w:rsidP="00184263">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C6AB0">
+        <w:t>Maryland Inventory of Historic Properties (Archaeology)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B91C6FD" w14:textId="775B13B6" w:rsidR="00D5014A" w:rsidRPr="00D5014A" w:rsidRDefault="009966E0" w:rsidP="00184263">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Shipwreck</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5014A" w:rsidRPr="009A685D">
+        <w:t xml:space="preserve"> Data Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEC0944" w14:textId="74E439FA" w:rsidR="00A3203F" w:rsidRPr="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00325B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00A3203F">
-        <w:lastRenderedPageBreak/>
         <w:t>Vessel Identification (if known)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FC7C52" w14:textId="637B5805" w:rsidR="00A3203F" w:rsidRPr="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00325B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3203F">
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="vessel name"/>
           <w:tag w:val="vessel name"/>
           <w:id w:val="682632326"/>
           <w:placeholder>
             <w:docPart w:val="89D1DD46E50245459F52592AD1250CA1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="053A10C3" w14:textId="4F9F6D1F" w:rsidR="00A3203F" w:rsidRPr="00A3203F" w:rsidRDefault="00A3203F" w:rsidP="00325B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3203F">
         <w:t xml:space="preserve">Hull Number: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="hull number"/>
           <w:tag w:val="hull number"/>
           <w:id w:val="2060746448"/>
           <w:placeholder>
             <w:docPart w:val="667073D5F52A43E293DC31C63A0C26BE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="64A9A060" w14:textId="4B033179" w:rsidR="00FB3AA8" w:rsidRDefault="00A3203F" w:rsidP="00325B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A3203F">
         <w:t>Origin:</w:t>
       </w:r>
       <w:r w:rsidR="00560749">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="origin type"/>
           <w:tag w:val="origin type"/>
           <w:id w:val="-461651738"/>
           <w:placeholder>
             <w:docPart w:val="536B35E5C40242EBA05BD5CC5D84E320"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choose an item."/>
             <w:listItem w:displayText="Local (Chesapeake Bay Region" w:value="Local (Chesapeake Bay Region"/>
             <w:listItem w:displayText="US" w:value="US"/>
             <w:listItem w:displayText="European" w:value="European"/>
             <w:listItem w:displayText="Other" w:value="Other"/>
             <w:listItem w:displayText="Unknown" w:value="Unknown"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00560749">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
@@ -16201,342 +21794,351 @@
       <w:pPr>
         <w:ind w:left="1890"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>not</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> unknown, please specify specific region: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="origin region"/>
           <w:tag w:val="origin region"/>
           <w:id w:val="-150913205"/>
           <w:placeholder>
             <w:docPart w:val="5FB73CA7561D450D917C6D462D364879"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5EAF00D2" w14:textId="5B360DF6" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00325B3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Source of Information:</w:t>
       </w:r>
       <w:r w:rsidR="00560749">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="source of information"/>
           <w:tag w:val="source of information"/>
           <w:id w:val="1269513790"/>
           <w:placeholder>
             <w:docPart w:val="AFAEF8C976694D7BA0B7E0FD423264F8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="archives" w:value="archives"/>
             <w:listItem w:displayText="direct (on artifact(s) or vessel" w:value="direct (on artifact(s) or vessel"/>
             <w:listItem w:displayText="other" w:value="other"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00560749">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00560749">
         <w:br/>
         <w:t xml:space="preserve">If other, please specify: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="other source"/>
           <w:tag w:val="other source"/>
           <w:id w:val="1800258011"/>
           <w:placeholder>
             <w:docPart w:val="75FA413C53C2460B91A02DDAE256B352"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4185BCFB" w14:textId="2D89F000" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Orientation of wreck (</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>compass direction of bow</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="orientation of wreck"/>
           <w:tag w:val="orientation of wreck"/>
           <w:id w:val="1304043450"/>
           <w:placeholder>
             <w:docPart w:val="669FC52C985E4E7BB048BEE4F4672624"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4CFDB89E" w14:textId="77777777" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Dimensions (in metric measurements)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0D9101" w14:textId="6828BF77" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00513CC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB3AA8">
         <w:t xml:space="preserve">Maximum length: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="max length"/>
           <w:tag w:val="max length"/>
           <w:id w:val="-571818497"/>
           <w:placeholder>
             <w:docPart w:val="777DE85F0EC04DA4B4ACDEBB9077C5BA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="23937E23" w14:textId="7350B6B6" w:rsidR="00FB3AA8" w:rsidRPr="00791770" w:rsidRDefault="00FB3AA8" w:rsidP="00513CC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Maximum width: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="max width"/>
           <w:tag w:val="max width"/>
           <w:id w:val="-1256595462"/>
           <w:placeholder>
             <w:docPart w:val="49252069AAAF4CC08DDB07F6BC456970"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4AC6A2FC" w14:textId="5E761C0D" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00513CC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Depth of Hold (if known): </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="depth of hold"/>
           <w:tag w:val="depth of hold"/>
           <w:id w:val="-216972862"/>
           <w:placeholder>
             <w:docPart w:val="DA81CC45EBDD49CCBBEA0884FAB6104D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="501B12C1" w14:textId="62EC5844" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00513CC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Draft (if known)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="draft"/>
           <w:tag w:val="draft"/>
           <w:id w:val="1566839869"/>
           <w:placeholder>
             <w:docPart w:val="2440B0DA5BD84314B978881244341392"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7BE39DF2" w14:textId="77777777" w:rsidR="00FB3AA8" w:rsidRPr="00791770" w:rsidRDefault="00FB3AA8" w:rsidP="00560749">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Note where dimensions were measured if other than at maximum points and explain why (i.e., portion of vessel missing; approximated from other construction details, etc.)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="where dimensions were measured"/>
         <w:tag w:val="where dimensions were measured"/>
         <w:id w:val="1214543851"/>
         <w:placeholder>
           <w:docPart w:val="3D083FA893154C0A8B8218FDACBAB244"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7A2B5BCA" w14:textId="7C2D8A6B" w:rsidR="00FB3AA8" w:rsidRDefault="00325B3B" w:rsidP="00FB3AA8">
           <w:pPr>
             <w:ind w:left="1170"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Describe where dimensions were measured</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="027D8037" w14:textId="66F3E51C" w:rsidR="00FB3AA8" w:rsidRDefault="00FB3AA8" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Site Condition</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58703FE8" w14:textId="61B5B8DC" w:rsidR="00560749" w:rsidRDefault="00986E9E" w:rsidP="00CD553D">
       <w:pPr>
@@ -16546,153 +22148,157 @@
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Is the site exposed or buried?</w:t>
       </w:r>
       <w:r w:rsidR="00560749">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="exposed or buried?"/>
           <w:tag w:val="exposed or buried?"/>
           <w:id w:val="-398679203"/>
           <w:placeholder>
             <w:docPart w:val="509248F9B15A4A3D8532F9071F72FCFD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="exposed" w:value="exposed"/>
             <w:listItem w:displayText="partially buried" w:value="partially buried"/>
             <w:listItem w:displayText="buried" w:value="buried"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r w:rsidR="00560749">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00560749">
         <w:br/>
         <w:t xml:space="preserve">If exposed or partially buried, please give height off bottom: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="if exposed/partially buried"/>
           <w:tag w:val="if exposed/partially buried"/>
           <w:id w:val="-25488186"/>
           <w:placeholder>
             <w:docPart w:val="49785867C9A1423CA802A1160D2CB9E1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00560749">
         <w:br/>
         <w:t xml:space="preserve">If buried, please give burial depth: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="if buried"/>
           <w:tag w:val="if buried"/>
           <w:id w:val="-634253621"/>
           <w:placeholder>
             <w:docPart w:val="E1E79B6C181F4FA4B13E1E3E3B4E11FD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3B8D4B9F" w14:textId="321E8560" w:rsidR="00FB3AA8" w:rsidRDefault="00986E9E" w:rsidP="00CD553D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Is the site intact?</w:t>
       </w:r>
       <w:r w:rsidR="00D0282E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="site intact?"/>
           <w:tag w:val="site intact?"/>
           <w:id w:val="-2114579547"/>
           <w:placeholder>
             <w:docPart w:val="4E06F7D9B62C40E7B858C2C523176D74"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="intact" w:value="intact"/>
             <w:listItem w:displayText="scattered/broken up" w:value="scattered/broken up"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidR="00560749" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
@@ -16706,2760 +22312,3662 @@
       </w:pPr>
       <w:r>
         <w:t>Choose approximate degree of survival:</w:t>
       </w:r>
       <w:r w:rsidR="00986E9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="degree of survival"/>
           <w:tag w:val="degree of survival"/>
           <w:id w:val="-719975473"/>
           <w:placeholder>
             <w:docPart w:val="EC398420EF65436CB040E44D0AAF88E1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="100%" w:value="100%"/>
             <w:listItem w:displayText="75%" w:value="75%"/>
             <w:listItem w:displayText="50%" w:value="50%"/>
             <w:listItem w:displayText="25%" w:value="25%"/>
             <w:listItem w:displayText="10%" w:value="10%"/>
             <w:listItem w:displayText="&lt;10%" w:value="&lt;10%"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00986E9E" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r w:rsidR="00986E9E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidR="00986E9E" w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7C24E5A7" w14:textId="0D5A2652" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00E102A4">
+    <w:p w14:paraId="7C24E5A7" w14:textId="0D5A2652" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00135DE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5040"/>
+        </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
       <w:r w:rsidRPr="00D0282E">
         <w:t>(check all applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B555DBB" w14:textId="0F97EDC6" w:rsidR="00D0282E" w:rsidRPr="00791770" w:rsidRDefault="00D0282E" w:rsidP="00D0282E">
+    <w:p w14:paraId="5B555DBB" w14:textId="45651A7B" w:rsidR="00D0282E" w:rsidRPr="00791770" w:rsidRDefault="00D0282E" w:rsidP="00135DE5">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5310"/>
+          <w:tab w:val="right" w:pos="8460"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>military vessel</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1798137976"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1928338106"/>
+          <w:placeholder>
+            <w:docPart w:val="A8C82F30A07B44C6BDC8544BA4442D49"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>pleasure</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13B72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="1489441566"/>
+          <w:placeholder>
+            <w:docPart w:val="C3342DFB42E241DFA884F7B3B015E58F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>merchant/commercial</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13B72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="72248698"/>
+          <w:placeholder>
+            <w:docPart w:val="9118F985DC234F828FF2DF4E92248449"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E13B72">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>pleasure</w:t>
+        <w:t>ferry</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-774548510"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1325122040"/>
+          <w:placeholder>
+            <w:docPart w:val="A728A522CCFF4963B0545A21CBADD25F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...74 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="344BCF1D" w14:textId="2EC9EE43" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00D0282E">
+    <w:p w14:paraId="344BCF1D" w14:textId="2F41993B" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00B768BC">
       <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>fishing/oystering/crabbing/etc.</w:t>
       </w:r>
       <w:r w:rsidR="00986E9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1398631810"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="788474844"/>
+          <w:placeholder>
+            <w:docPart w:val="15DB98438BFB4C369A47B2FE62F45634"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00E1452D">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00E13B72">
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-341855682"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-845319562"/>
+          <w:placeholder>
+            <w:docPart w:val="80CE1980E07541ACA8474975E4F21763"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00E1452D">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="76E1DFE7" w14:textId="1DC3EFC6" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Material</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781915FF" w14:textId="52A2317F" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00D0282E">
+    <w:p w14:paraId="781915FF" w14:textId="725D2177" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00135DE5">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4860"/>
+          <w:tab w:val="right" w:pos="7560"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>iron/steel</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-82684521"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-417020339"/>
+          <w:placeholder>
+            <w:docPart w:val="9DDC4DA241C44F78BAABBDD4ADCF5A4F"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>wood</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13B72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="-1642343993"/>
+          <w:placeholder>
+            <w:docPart w:val="E03BF6D3FF574AF48933B9D6D195677E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>wood</w:t>
+        <w:t>ferrocement</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="297813435"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1142724796"/>
+          <w:placeholder>
+            <w:docPart w:val="28C99340CB5F4F79B0047A313A6A3B0B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>ferrocement</w:t>
+        <w:t>clinker built</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-755829079"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1116439746"/>
+          <w:placeholder>
+            <w:docPart w:val="7939D3D1B70F44E894D1EFEA65D1C6BD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...38 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54811785" w14:textId="69AD105F" w:rsidR="00D0282E" w:rsidRPr="00791770" w:rsidRDefault="00D0282E" w:rsidP="00D0282E">
+    <w:p w14:paraId="15B83A9E" w14:textId="1FFF05BD" w:rsidR="00B768BC" w:rsidRDefault="00D0282E" w:rsidP="00B768BC">
       <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>log</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve"> boat (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00791770">
         <w:t>monoxyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00791770">
         <w:t>, dugout, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1096013380"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1379046256"/>
+          <w:placeholder>
+            <w:docPart w:val="70F00DADF25246408BF5A07A9499732B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
-        <w:tab/>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00135DE5">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>log built (log canoe, log bugeye, etc.)</w:t>
       </w:r>
-      <w:r w:rsidR="00E13B72">
+      <w:r w:rsidR="00135DE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1866175619"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="705501"/>
+          <w:placeholder>
+            <w:docPart w:val="D158347CDA9541CE98F7C6AD563067BF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1FB78B23" w14:textId="3AB8DAE2" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00D0282E">
+    <w:p w14:paraId="1FB78B23" w14:textId="0D7CA520" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00B4521A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="right" w:pos="10530"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>composite (iron frame/wooden planking)</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1465011328"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-180051272"/>
+          <w:placeholder>
+            <w:docPart w:val="5BC7B307BBDD47C48F920C6ED999B9BC"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:tab/>
         <w:t>carvel built</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="446049223"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-170805058"/>
+          <w:placeholder>
+            <w:docPart w:val="1DB52F954F61411FBCBC94EFC0707645"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>fiberglass</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1973203638"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1774821229"/>
+          <w:placeholder>
+            <w:docPart w:val="F8CE2AFB07AF46D384C48CE9C6D00121"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00135DE5" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00791770">
-        <w:tab/>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7A778E" w14:textId="25A69D0D" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00D0282E">
+    <w:p w14:paraId="6D7A778E" w14:textId="66F8A2E1" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00B768BC">
       <w:pPr>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>aluminum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1096593266"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1407918833"/>
+          <w:placeholder>
+            <w:docPart w:val="5633C64BD8194603A1DEAFC207993F36"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B768BC" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1340455644"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1519349948"/>
+          <w:placeholder>
+            <w:docPart w:val="18661BD368D74A76B286D1B25285EAA2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B768BC" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1675918424"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1775859279"/>
+          <w:placeholder>
+            <w:docPart w:val="51DE83EB55484BDCA66F26A39F9A8095"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B768BC" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009D6C8A">
         <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="other material"/>
           <w:tag w:val="other material"/>
           <w:id w:val="1636212247"/>
           <w:placeholder>
             <w:docPart w:val="2225D062149B4DA2A8E02AC1971AC9A5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009D6C8A">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A633868" w14:textId="77383B14" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Hull configuration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6812E7AE" w14:textId="3FABB8F1" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00CD553D">
+    <w:p w14:paraId="135E50FC" w14:textId="32E371B3" w:rsidR="00135DE5" w:rsidRPr="00135DE5" w:rsidRDefault="00D0282E" w:rsidP="00B4521A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5130"/>
+          <w:tab w:val="right" w:pos="7110"/>
+          <w:tab w:val="right" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>keel</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1489863011"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1036112079"/>
+          <w:placeholder>
+            <w:docPart w:val="11E9E488FEDB4C0FA3DEB2EB84433B69"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00791770">
+        <w:t>centerboard</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13B72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="2004165673"/>
+          <w:placeholder>
+            <w:docPart w:val="5DF5C6F696E944E8A2FD8FA63FB89262"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>centerboard</w:t>
+        <w:t>leeboard</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-263996760"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="109864341"/>
+          <w:placeholder>
+            <w:docPart w:val="73B8F7E54263448F899BE58603C23504"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>leeboard</w:t>
+        <w:t>none</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1899277594"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1318724534"/>
+          <w:placeholder>
+            <w:docPart w:val="F3F034450A984BD8AB4020FCB63DF72C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="00B768BC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768BC" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:t>none</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E13B72">
+        <w:t>unknown</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2055451461"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1351143491"/>
+          <w:placeholder>
+            <w:docPart w:val="FDB2C8DDB719424F91ABB5028088ABDA"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
-[...39 lines deleted...]
-      </w:sdt>
+      <w:r w:rsidR="00135DE5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D9CF89C" w14:textId="7B0EF7B8" w:rsidR="00D0282E" w:rsidRPr="00791770" w:rsidRDefault="00D0282E" w:rsidP="00CD553D">
+    <w:p w14:paraId="2D9CF89C" w14:textId="42527D08" w:rsidR="00D0282E" w:rsidRPr="00791770" w:rsidRDefault="00D0282E" w:rsidP="005963CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5670"/>
+          <w:tab w:val="right" w:pos="7380"/>
+          <w:tab w:val="right" w:pos="9270"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>double-ended</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1930030851"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1966545992"/>
+          <w:placeholder>
+            <w:docPart w:val="5A880584219E4A8AAF7E742EFC4794F1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>square stern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-771246699"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="919148553"/>
+          <w:placeholder>
+            <w:docPart w:val="32A785048EBB469B8FC02BD90E4AF4F2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E13B72">
-        <w:tab/>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>ound stern</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1700664382"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="376902488"/>
+          <w:placeholder>
+            <w:docPart w:val="D1B24E50C48643A8A5D2B4A0BFAB5D88"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-211416852"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1981334688"/>
+          <w:placeholder>
+            <w:docPart w:val="AD90D4C470804C4A8D086DE36F52E441"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009D6C8A">
         <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="other"/>
           <w:tag w:val="other"/>
           <w:id w:val="715240966"/>
           <w:placeholder>
-            <w:docPart w:val="17FCC833BBCE439ABAB40FBE990B00EF"/>
+            <w:docPart w:val="9C7DE02A0F09406A8F087EA6BFAD48F5"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007A1F04">
+          <w:r w:rsidR="007A1F04" w:rsidRPr="00135DE5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009D6C8A">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FF4569">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00EA00C5">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1728447756"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="459153453"/>
+          <w:placeholder>
+            <w:docPart w:val="CE9FC588F8114B05BD0EF364D850D108"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5AE09CD4" w14:textId="1D39428E" w:rsidR="00D0282E" w:rsidRDefault="00E13B72" w:rsidP="00CD553D">
+    <w:p w14:paraId="5AE09CD4" w14:textId="1A622750" w:rsidR="00D0282E" w:rsidRDefault="00E13B72" w:rsidP="005963CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5490"/>
+          <w:tab w:val="right" w:pos="7290"/>
+          <w:tab w:val="right" w:pos="9000"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00D0282E" w:rsidRPr="00791770">
         <w:t>lat bottom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-447469000"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="708146974"/>
+          <w:placeholder>
+            <w:docPart w:val="ABE1ED867EC740948989B9C0922CA319"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D0282E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D0282E" w:rsidRPr="00791770">
         <w:t>round bottom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1290116195"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-509293443"/>
+          <w:placeholder>
+            <w:docPart w:val="060457512B54424A962CB5E2FCF981C7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00D0282E">
-        <w:tab/>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D0282E" w:rsidRPr="00791770">
         <w:t>V-bottom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1707834577"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="448440967"/>
+          <w:placeholder>
+            <w:docPart w:val="5D221ACC97D64268BFC7CDCD0881B95A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D0282E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D0282E" w:rsidRPr="00791770">
         <w:t>S-bottom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-2067796885"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-2116812658"/>
+          <w:placeholder>
+            <w:docPart w:val="FBEDA502DE684CE0ACA149372B27EC44"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D0282E">
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D0282E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D0282E" w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1753700169"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="643783185"/>
+          <w:placeholder>
+            <w:docPart w:val="F2101AF09D3B4092887154D374B391C6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6E1D823D" w14:textId="18D2E543" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Primary means of propulsion:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FBA5E7" w14:textId="6D6648E0" w:rsidR="007865A9" w:rsidRDefault="00D0282E" w:rsidP="00C86890">
+    <w:p w14:paraId="57FBA5E7" w14:textId="3AAD493A" w:rsidR="007865A9" w:rsidRDefault="00D0282E" w:rsidP="008A5108">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2250"/>
-[...2 lines deleted...]
-          <w:tab w:val="right" w:pos="10350"/>
+          <w:tab w:val="right" w:pos="4500"/>
+          <w:tab w:val="right" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="7560"/>
+          <w:tab w:val="right" w:pos="10530"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>tow</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-311566808"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2099751189"/>
+          <w:placeholder>
+            <w:docPart w:val="C5274750A544471FB62AC99F9B1D3FD4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008A5108" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C917CC" w:rsidRPr="00791770">
         <w:t>oar/paddle/pole</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-832215276"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-759303200"/>
+          <w:placeholder>
+            <w:docPart w:val="620486AA368D44F2BF6D9262B087E10B"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008A5108" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00C917CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C917CC" w:rsidRPr="00791770">
         <w:t>sail</w:t>
       </w:r>
       <w:r w:rsidR="00C917CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1677686961"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1500882290"/>
+          <w:placeholder>
+            <w:docPart w:val="FB27D0D36C9146FDA7043781E7A2C4F0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="009D6C8A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="008A5108" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00C917CC">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C917CC" w:rsidRPr="00791770">
         <w:t xml:space="preserve">Number of masts: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="mast #"/>
           <w:tag w:val="mast #"/>
           <w:id w:val="1469239416"/>
           <w:placeholder>
             <w:docPart w:val="DB0122C09149415CAF2AA23838581CE0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00C0344A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="000933CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00C86890">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA00C5" w:rsidRPr="00791770">
         <w:t>motor</w:t>
       </w:r>
       <w:r w:rsidR="00EA00C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:alias w:val="checkbox for motor"/>
-[...6 lines deleted...]
-          </w14:checkbox>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
+          <w:alias w:val="checkbox"/>
+          <w:tag w:val="checkbox"/>
+          <w:id w:val="37715658"/>
+          <w:placeholder>
+            <w:docPart w:val="B91F3740366D48808737952DF252A764"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00EA00C5">
-[...3 lines deleted...]
-            <w:t>☐</w:t>
+          <w:r w:rsidR="008A5108" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EA00C5">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="motor type"/>
           <w:tag w:val="motor type"/>
           <w:id w:val="1096371625"/>
           <w:placeholder>
             <w:docPart w:val="1AB50A15F1434866BAD0709EAB874E0D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="gas" w:value="gas"/>
             <w:listItem w:displayText="diesel" w:value="diesel"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00EA00C5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>pick gas/diesel</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00EA00C5">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C86890">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E928987" w14:textId="44C061A6" w:rsidR="00E13B72" w:rsidRDefault="00EA00C5" w:rsidP="007865A9">
+    <w:p w14:paraId="4BE0D255" w14:textId="44950E2E" w:rsidR="005963CE" w:rsidRDefault="00EA00C5" w:rsidP="00B4521A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2250"/>
-          <w:tab w:val="left" w:pos="3240"/>
-[...1 lines deleted...]
-          <w:tab w:val="right" w:pos="10350"/>
+          <w:tab w:val="right" w:pos="5220"/>
+          <w:tab w:val="right" w:pos="7650"/>
+          <w:tab w:val="right" w:pos="10530"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>steam (screw)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00135DE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1122226718"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1866098024"/>
+          <w:placeholder>
+            <w:docPart w:val="65FA783C568D4F1EA0A8E2CCAD210AB5"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C86890">
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5108">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A67AC8" w:rsidRPr="00791770">
         <w:t xml:space="preserve">Number of screws: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="AnswerChar"/>
+          </w:rPr>
           <w:alias w:val="screw #"/>
           <w:tag w:val="screw #"/>
           <w:id w:val="279306064"/>
           <w:placeholder>
-            <w:docPart w:val="A74FF00B51F54718B83FC27AD2500E49"/>
+            <w:docPart w:val="884365F98CC249D99644B8329645475B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00C0344A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="007865A9">
+      <w:r w:rsidR="008A5108">
         <w:tab/>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A67AC8" w:rsidRPr="00791770">
-        <w:t>steam (sidewheel)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A67AC8">
+        <w:t>team (sidewheel)</w:t>
+      </w:r>
+      <w:r w:rsidR="00135DE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1395348721"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-645672296"/>
+          <w:placeholder>
+            <w:docPart w:val="4FB69D12C0AC4EB3B357A72131566D95"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00A67AC8">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A67AC8">
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5108">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C917CC" w:rsidRPr="00791770">
         <w:t>steam (sternwheel)</w:t>
       </w:r>
-      <w:r w:rsidR="00E13B72">
+      <w:r w:rsidR="005963CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="562142159"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1054050534"/>
+          <w:placeholder>
+            <w:docPart w:val="8F781907F65C4821A4C635859897C9A6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C917CC">
-        <w:tab/>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B84F8C" w14:textId="3FEC00C3" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00C01098">
+    <w:p w14:paraId="05B84F8C" w14:textId="7797FE11" w:rsidR="00D0282E" w:rsidRDefault="00D0282E" w:rsidP="00B4521A">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="3330"/>
+          <w:tab w:val="left" w:pos="2250"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
         <w:ind w:left="1350"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>steam (unknown)</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1665695333"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-55703277"/>
+          <w:placeholder>
+            <w:docPart w:val="D556134AE7E24CD383823C9E8DBDEC20"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C917CC">
+      <w:r w:rsidR="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
-        <w:tab/>
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00E13B72">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-358585558"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="823851588"/>
+          <w:placeholder>
+            <w:docPart w:val="468E28F0F5DF46DEAB0D23228AE4C815"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005963CE" w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2D29803A" w14:textId="77777777" w:rsidR="0045083E" w:rsidRDefault="00C917CC" w:rsidP="0045083E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Fasteners (check all applicable):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278D73E4" w14:textId="718A5733" w:rsidR="00C917CC" w:rsidRDefault="00C917CC" w:rsidP="0045083E">
+    <w:p w14:paraId="278D73E4" w14:textId="5921A510" w:rsidR="00C917CC" w:rsidRDefault="00C917CC" w:rsidP="00B4521A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="8730"/>
+          <w:tab w:val="right" w:pos="10512"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>treenails</w:t>
       </w:r>
       <w:r w:rsidR="0045083E">
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="00135DE5">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>hand drawn</w:t>
       </w:r>
       <w:r w:rsidR="00076E69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="2057273378"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="412973885"/>
+          <w:placeholder>
+            <w:docPart w:val="2D462F21DF834620BE83126791F38BB7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="005963CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>with shim</w:t>
       </w:r>
       <w:r w:rsidR="00076E69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-1346008053"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-143210347"/>
+          <w:placeholder>
+            <w:docPart w:val="7829E138BD464532ACF131E2DF905327"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>lathe turned</w:t>
       </w:r>
       <w:r w:rsidR="00076E69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="2087570605"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="786620142"/>
+          <w:placeholder>
+            <w:docPart w:val="430F44D0E9614B429BE65808BFDDD0AE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidRPr="005963CE">
+        <w:rPr>
+          <w:rStyle w:val="AnswerChar"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>with shim</w:t>
       </w:r>
       <w:r w:rsidR="00076E69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-424721379"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1276330247"/>
+          <w:placeholder>
+            <w:docPart w:val="59ED93B7E94546A9ADE1793878CBA1E4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="00B4521A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00573EBA" w:rsidRPr="00791770">
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="00573EBA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1217773738"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-125244396"/>
+          <w:placeholder>
+            <w:docPart w:val="43FB04218EFE45BE92A0E426F3AC76A7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00573EBA">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6788495D" w14:textId="5544EE35" w:rsidR="0057465F" w:rsidRDefault="00573EBA" w:rsidP="0045083E">
+    <w:p w14:paraId="6788495D" w14:textId="22A9F7C3" w:rsidR="0057465F" w:rsidRDefault="00573EBA" w:rsidP="00B4521A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="8550"/>
+        </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
+        <w:lastRenderedPageBreak/>
         <w:t>spikes and/or bolts</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0057465F" w:rsidRPr="00791770">
         <w:t>iron</w:t>
       </w:r>
       <w:r w:rsidR="0057465F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1210766845"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1284764099"/>
+          <w:placeholder>
+            <w:docPart w:val="D341D307D14C4C77B35F81568CDC9E79"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0057465F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0057465F" w:rsidRPr="00791770">
         <w:t>copper/brass/bronze</w:t>
       </w:r>
       <w:r w:rsidR="0057465F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="810062939"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="2127273884"/>
+          <w:placeholder>
+            <w:docPart w:val="2B61A774786344A19768FF7A913DF0E4"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0057465F" w:rsidRPr="00791770">
         <w:tab/>
         <w:t>unknown</w:t>
       </w:r>
       <w:r w:rsidR="0057465F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1575540941"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1997182421"/>
+          <w:placeholder>
+            <w:docPart w:val="06F40BC58BA1406FA353529CBC7BE107"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="00B4521A" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7F29068B" w14:textId="37A27907" w:rsidR="00065AE5" w:rsidRDefault="0057465F" w:rsidP="00065AE5">
+    <w:p w14:paraId="7F29068B" w14:textId="0C025C46" w:rsidR="00065AE5" w:rsidRDefault="0057465F" w:rsidP="00B4521A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2700"/>
-          <w:tab w:val="left" w:pos="4500"/>
-          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="4950"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="right" w:pos="10512"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
-        <w:lastRenderedPageBreak/>
         <w:t>iron nails</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00513CC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>square</w:t>
       </w:r>
       <w:r w:rsidR="005608DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>forged</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1917970177"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1645813731"/>
+          <w:placeholder>
+            <w:docPart w:val="2AC09182BE7F40D399980F7B57A73788"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B65F90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005608DE">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B65F90">
         <w:t>squnk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B65F90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1243672427"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="35314569"/>
+          <w:placeholder>
+            <w:docPart w:val="EBE4956815314347B2E95AE20E1F5826"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B65F90">
         <w:tab/>
         <w:t xml:space="preserve">round, wire </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="269755425"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="1563284558"/>
+          <w:placeholder>
+            <w:docPart w:val="DD91E9038C964EB4B715D8EBE15F62E7"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005608DE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005608DE">
         <w:tab/>
         <w:t xml:space="preserve">round, unknown </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-419479655"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="275606611"/>
+          <w:placeholder>
+            <w:docPart w:val="AF187B270D56497ABCF734B0E0B316DD"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="72A7A472" w14:textId="295D8B3A" w:rsidR="005608DE" w:rsidRDefault="005608DE" w:rsidP="00513CC8">
+    <w:p w14:paraId="72A7A472" w14:textId="335F5E8B" w:rsidR="005608DE" w:rsidRDefault="005608DE" w:rsidP="00B4521A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2700"/>
-          <w:tab w:val="left" w:pos="4500"/>
-          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="4770"/>
+          <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
+        <w:spacing w:before="80" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">other fasteners: rivets </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1807654584"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1528550113"/>
+          <w:placeholder>
+            <w:docPart w:val="D3C6B019B9DA44DBA84F4546E25024E0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00065AE5">
         <w:t xml:space="preserve">tacks </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="1267740210"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-1281256323"/>
+          <w:placeholder>
+            <w:docPart w:val="28285D2292324C239938E5065F8F5B3A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00065AE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00065AE5">
         <w:tab/>
         <w:t xml:space="preserve">mortise and tenon joints </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-408315730"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="-625845602"/>
+          <w:placeholder>
+            <w:docPart w:val="A0A8BEE3D4CF4F5CB37F85B335837716"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00065AE5">
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00B4521A">
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="00065AE5" w:rsidRPr="00791770">
         <w:t>other</w:t>
       </w:r>
       <w:r w:rsidR="00065AE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="AnswerChar"/>
           </w:rPr>
           <w:alias w:val="checkbox"/>
           <w:tag w:val="checkbox"/>
-          <w:id w:val="-821422516"/>
-[...4 lines deleted...]
-          </w14:checkbox>
+          <w:id w:val="305822069"/>
+          <w:placeholder>
+            <w:docPart w:val="4F5E3720EC9E4B2F9C2878DC923F936E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:comboBox>
+            <w:listItem w:displayText="Yes" w:value="Yes"/>
+            <w:listItem w:displayText="Maybe" w:value="Maybe"/>
+          </w:comboBox>
         </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="DefaultParagraphFont"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C0344A">
-[...5 lines deleted...]
-            <w:t>o</w:t>
+          <w:r w:rsidR="005963CE" w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
+      <w:r w:rsidR="00135DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00065AE5" w:rsidRPr="00791770">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00065AE5">
         <w:t>(</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="other fasteners"/>
           <w:tag w:val="other fasteners"/>
           <w:id w:val="-1365285108"/>
           <w:placeholder>
             <w:docPart w:val="4D048788132D43B88B6E638E4C5F3590"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00065AE5" w:rsidRPr="00065AE5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00065AE5">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A95D5FD" w14:textId="4B59BDD2" w:rsidR="00C917CC" w:rsidRDefault="00C917CC" w:rsidP="00065AE5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Artifacts observed: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="artifacts observed"/>
           <w:tag w:val="artifacts observed"/>
           <w:id w:val="-1270390424"/>
           <w:placeholder>
             <w:docPart w:val="817897FE28C545B8A34155A809AAD32A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04" w:rsidRPr="00065AE5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5A2B2977" w14:textId="69DCBB07" w:rsidR="00C917CC" w:rsidRDefault="00C917CC" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Artifacts collected. Include locations(s) and address(es):</w:t>
       </w:r>
       <w:r w:rsidR="00FF4569">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="artifacts collected"/>
           <w:tag w:val="artifacts collected"/>
           <w:id w:val="-1688209325"/>
           <w:placeholder>
             <w:docPart w:val="FFE70B705D864ACBAAB86FEBDD8DC86E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1E108412" w14:textId="77777777" w:rsidR="007A1F04" w:rsidRDefault="00C917CC" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Sampling and analyses (Please describe sampling methods, materials, analyses, results, and provide the name and address of the laboratory or professional that conducted the work):</w:t>
       </w:r>
       <w:r w:rsidR="00FF4569">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAA4819" w14:textId="2F57E658" w:rsidR="00C917CC" w:rsidRDefault="00000000" w:rsidP="00E102A4">
+    <w:p w14:paraId="6CAA4819" w14:textId="5D729545" w:rsidR="00C917CC" w:rsidRDefault="00402982" w:rsidP="00E102A4">
       <w:pPr>
         <w:ind w:left="1133"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="sampling and analyses"/>
           <w:tag w:val="sampling and analyses"/>
           <w:id w:val="-688144838"/>
           <w:placeholder>
             <w:docPart w:val="D129D9EB64974E83B338A122B1108B89"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00097432">
+          <w:r w:rsidR="007A1F04" w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
-            <w:t xml:space="preserve">     </w:t>
+            <w:t>Describe sampling and analyses here</w:t>
+          </w:r>
+          <w:r w:rsidR="00076E69" w:rsidRPr="00E102A4">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1517F2CF" w14:textId="77777777" w:rsidR="006A3BC4" w:rsidRDefault="00C917CC" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:t>Additional comments (</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>use continuation sheets if needed</w:t>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFA6775" w14:textId="52CAA4B2" w:rsidR="00C917CC" w:rsidRDefault="00000000" w:rsidP="006A3BC4">
+    <w:p w14:paraId="0BFA6775" w14:textId="52CAA4B2" w:rsidR="00C917CC" w:rsidRDefault="00402982" w:rsidP="006A3BC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1133"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="addtional comments"/>
           <w:tag w:val="addtional comments"/>
           <w:id w:val="-184209624"/>
           <w:placeholder>
             <w:docPart w:val="CAE82468D3C64D638B22215D02A519AF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="09DBD5B4" w14:textId="77777777" w:rsidR="00D712CE" w:rsidRDefault="00C917CC" w:rsidP="00E102A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00791770">
-        <w:t>Form</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> filled out by: </w:t>
+        <w:t xml:space="preserve">Form filled out by: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="form filled out by"/>
           <w:tag w:val="form filled out by"/>
           <w:id w:val="-511534076"/>
           <w:placeholder>
             <w:docPart w:val="AA4C7490615647C397E1C7BBCA2D43EF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Address/Company: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="address/company"/>
           <w:tag w:val="address/company"/>
           <w:id w:val="1043335959"/>
           <w:placeholder>
             <w:docPart w:val="3C2A3FEC225C4C21A7D8F4C8CA464EF1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="date filled out"/>
           <w:tag w:val="date filled out"/>
           <w:id w:val="1367256605"/>
           <w:placeholder>
             <w:docPart w:val="01D6E10AF8A44E5C82AB55B774357137"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007A1F04">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61DB313A" w14:textId="7DEC8199" w:rsidR="00C917CC" w:rsidRPr="00791770" w:rsidRDefault="00C917CC" w:rsidP="00D712CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1133"/>
       </w:pPr>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00791770">
         <w:tab/>
@@ -19555,1685 +26063,379 @@
       <w:r w:rsidRPr="00791770">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4579D4" w14:textId="77777777" w:rsidR="00C917CC" w:rsidRPr="00791770" w:rsidRDefault="00C917CC" w:rsidP="00C917CC">
       <w:pPr>
         <w:ind w:left="413"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BD046DA" w14:textId="77777777" w:rsidR="00D0282E" w:rsidRPr="00791770" w:rsidRDefault="00D0282E" w:rsidP="00E102A4">
       <w:pPr>
         <w:ind w:left="1133"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A63A50C" w14:textId="77777777" w:rsidR="00FB3AA8" w:rsidRPr="00791770" w:rsidRDefault="00FB3AA8" w:rsidP="00E102A4">
       <w:pPr>
         <w:ind w:left="1350"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="228938C4" w14:textId="77777777" w:rsidR="00FB3AA8" w:rsidRPr="00A3203F" w:rsidRDefault="00FB3AA8" w:rsidP="00E102A4">
       <w:pPr>
         <w:ind w:left="1853"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53660992" w14:textId="77777777" w:rsidR="00A3203F" w:rsidRPr="009E236A" w:rsidRDefault="00A3203F" w:rsidP="00A3203F"/>
-    <w:sectPr w:rsidR="00A3203F" w:rsidRPr="009E236A" w:rsidSect="008A1356">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+    <w:sectPr w:rsidR="00A3203F" w:rsidRPr="009E236A" w:rsidSect="00184263">
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="137F8897" w14:textId="77777777" w:rsidR="008D1966" w:rsidRDefault="008D1966" w:rsidP="00C9613C">
+    <w:p w14:paraId="4473168E" w14:textId="77777777" w:rsidR="00287021" w:rsidRDefault="00287021" w:rsidP="00C9613C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="227B2B5E" w14:textId="77777777" w:rsidR="008D1966" w:rsidRDefault="008D1966" w:rsidP="00C9613C">
+    <w:p w14:paraId="297BCDD2" w14:textId="77777777" w:rsidR="00287021" w:rsidRDefault="00287021" w:rsidP="00C9613C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0DECE1C9" w14:textId="6050526A" w:rsidR="008A1356" w:rsidRPr="008A1356" w:rsidRDefault="008A1356" w:rsidP="008A1356">
+  <w:p w14:paraId="0DECE1C9" w14:textId="2F94C6CF" w:rsidR="008A1356" w:rsidRPr="00A703F8" w:rsidRDefault="00A703F8" w:rsidP="00FF5ACD">
     <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:spacing w:before="160"/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...11 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="008A1356">
+    <w:r>
+      <w:instrText xml:space="preserve"> STYLEREF  "Heading 1" \l  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00402982">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:sz w:val="18"/>
+        <w:noProof/>
       </w:rPr>
+      <w:t>Prehistoric Data Form</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">Page | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="008A1356">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
       <w:t>5</w:t>
-    </w:r>
-[...23 lines deleted...]
-      <w:t>BASIC</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...201 lines deleted...]
-        <w:sz w:val="18"/>
+        <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="64CD53A4" w14:textId="6B97FAFC" w:rsidR="008A1356" w:rsidRPr="008A1356" w:rsidRDefault="00000000" w:rsidP="004D6AB0">
+  <w:p w14:paraId="64CD53A4" w14:textId="787E32EC" w:rsidR="008A1356" w:rsidRPr="00184263" w:rsidRDefault="00402982" w:rsidP="006E48C5">
     <w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="160"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-348876050"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent/>
     </w:sdt>
+    <w:r w:rsidR="00184263">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:instrText xml:space="preserve"> STYLEREF  "Heading 1" \l  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00827119">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>Basic Data Form</w:t>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:t xml:space="preserve">Page | </w:t>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00184263">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="726E3A05" w14:textId="2EEAB21C" w:rsidR="008A1356" w:rsidRPr="008A1356" w:rsidRDefault="008A1356" w:rsidP="008A1356">
+  <w:p w14:paraId="3589ACEA" w14:textId="7424E150" w:rsidR="008A1356" w:rsidRPr="00AD194F" w:rsidRDefault="00AD194F" w:rsidP="00AD194F">
     <w:pPr>
-      <w:pBdr>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...11 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="008A1356">
+    <w:r>
+      <w:instrText xml:space="preserve"> STYLEREF  "Heading 1" \l  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00516AFE">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-        <w:sz w:val="18"/>
+        <w:noProof/>
       </w:rPr>
+      <w:t>Historic Data Form</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">Page | </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="008A1356">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
       <w:t>5</w:t>
-    </w:r>
-[...23 lines deleted...]
-      <w:t>PREHISTORIC</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...161 lines deleted...]
-        <w:sz w:val="18"/>
+        <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...340 lines deleted...]
-<file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BF044E8" w14:textId="5B905185" w:rsidR="008A1356" w:rsidRPr="008A1356" w:rsidRDefault="008A1356" w:rsidP="008A1356">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18DBC2AC" w14:textId="77777777" w:rsidR="008D1966" w:rsidRDefault="008D1966" w:rsidP="00C9613C">
+    <w:p w14:paraId="27FDA853" w14:textId="77777777" w:rsidR="00287021" w:rsidRDefault="00287021" w:rsidP="00C9613C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32119192" w14:textId="77777777" w:rsidR="008D1966" w:rsidRDefault="008D1966" w:rsidP="00C9613C">
+    <w:p w14:paraId="36949884" w14:textId="77777777" w:rsidR="00287021" w:rsidRDefault="00287021" w:rsidP="00C9613C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...49 lines deleted...]
-  <w:p w14:paraId="749A3FFF" w14:textId="304B60EB" w:rsidR="006A23A7" w:rsidRDefault="006A23A7" w:rsidP="0084777A">
+  <w:p w14:paraId="749A3FFF" w14:textId="0E0C97BE" w:rsidR="006A23A7" w:rsidRPr="00770C8B" w:rsidRDefault="00770C8B" w:rsidP="00770C8B">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:spacing w:after="160"/>
+      <w:jc w:val="right"/>
     </w:pPr>
+    <w:r w:rsidRPr="00770C8B">
+      <w:t>Site Number: 18</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7E2192F9" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRPr="00791770" w:rsidRDefault="00C9613C" w:rsidP="00C9613C">
-[...42 lines deleted...]
-  <w:p w14:paraId="1E07ABC0" w14:textId="77777777" w:rsidR="00C9613C" w:rsidRDefault="00C9613C">
+  <w:p w14:paraId="1C372730" w14:textId="7A5B23E0" w:rsidR="008F19CD" w:rsidRPr="002A2AF1" w:rsidRDefault="008F19CD" w:rsidP="002A2AF1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...81 lines deleted...]
-  <w:p w14:paraId="1C372730" w14:textId="59084FD0" w:rsidR="008F19CD" w:rsidRPr="008F19CD" w:rsidRDefault="008F19CD" w:rsidP="008F19CD">
+  <w:p w14:paraId="21006F34" w14:textId="1B52DBDC" w:rsidR="0076341F" w:rsidRPr="008F19CD" w:rsidRDefault="0076341F" w:rsidP="008F19CD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00791770">
-[...222 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="18FD0BAD" w14:textId="5F8BFDFE" w:rsidR="008A1356" w:rsidRPr="007F1DD6" w:rsidRDefault="008A1356" w:rsidP="007F1DD6">
-[...174 lines deleted...]
-  </w:p>
   <w:p w14:paraId="509AA523" w14:textId="5969A716" w:rsidR="00A3203F" w:rsidRPr="008F19CD" w:rsidRDefault="00A3203F" w:rsidP="008F19CD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00791770">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Site Number 18</w:t>
     </w:r>
     <w:r w:rsidR="00795003">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -22723,367 +27925,438 @@
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C9613C"/>
     <w:rsid w:val="00003D7A"/>
     <w:rsid w:val="00015934"/>
     <w:rsid w:val="00021A7A"/>
     <w:rsid w:val="0002448D"/>
     <w:rsid w:val="00044B4D"/>
     <w:rsid w:val="00051373"/>
+    <w:rsid w:val="00055BF7"/>
     <w:rsid w:val="00060466"/>
     <w:rsid w:val="000614A3"/>
     <w:rsid w:val="00065AE5"/>
     <w:rsid w:val="00076E69"/>
+    <w:rsid w:val="00086D57"/>
     <w:rsid w:val="00090DD0"/>
+    <w:rsid w:val="000933CE"/>
     <w:rsid w:val="00096EF0"/>
-    <w:rsid w:val="00097432"/>
     <w:rsid w:val="000A13CA"/>
     <w:rsid w:val="000A6FBF"/>
     <w:rsid w:val="000B3A96"/>
+    <w:rsid w:val="000C0231"/>
     <w:rsid w:val="000C3428"/>
     <w:rsid w:val="000C7BEC"/>
-    <w:rsid w:val="000D1C5E"/>
     <w:rsid w:val="000D3231"/>
+    <w:rsid w:val="000E31D2"/>
     <w:rsid w:val="000E7F8F"/>
     <w:rsid w:val="00101E88"/>
+    <w:rsid w:val="001106C4"/>
     <w:rsid w:val="00111573"/>
+    <w:rsid w:val="001152C0"/>
     <w:rsid w:val="00125470"/>
+    <w:rsid w:val="001301A2"/>
     <w:rsid w:val="001342F0"/>
+    <w:rsid w:val="00135DE5"/>
     <w:rsid w:val="0013775C"/>
     <w:rsid w:val="001532D1"/>
     <w:rsid w:val="00154DA9"/>
     <w:rsid w:val="00160BB1"/>
     <w:rsid w:val="00173DA7"/>
     <w:rsid w:val="00176F60"/>
     <w:rsid w:val="00180C73"/>
     <w:rsid w:val="00182C85"/>
+    <w:rsid w:val="00183C28"/>
+    <w:rsid w:val="00184263"/>
     <w:rsid w:val="0018582C"/>
     <w:rsid w:val="00187D61"/>
+    <w:rsid w:val="001940EC"/>
     <w:rsid w:val="00197CBB"/>
     <w:rsid w:val="001B33D2"/>
+    <w:rsid w:val="001B3C2D"/>
     <w:rsid w:val="001D246B"/>
+    <w:rsid w:val="001D7A0F"/>
     <w:rsid w:val="001E7002"/>
     <w:rsid w:val="002030BA"/>
     <w:rsid w:val="00205664"/>
     <w:rsid w:val="00212BF4"/>
     <w:rsid w:val="00221869"/>
     <w:rsid w:val="0022515C"/>
     <w:rsid w:val="0023444A"/>
     <w:rsid w:val="002361C6"/>
     <w:rsid w:val="00244B8D"/>
     <w:rsid w:val="002548FA"/>
     <w:rsid w:val="00254AF3"/>
     <w:rsid w:val="002604BB"/>
     <w:rsid w:val="002628BC"/>
     <w:rsid w:val="00264650"/>
     <w:rsid w:val="00264B60"/>
     <w:rsid w:val="00286C13"/>
+    <w:rsid w:val="00287021"/>
     <w:rsid w:val="00291B9E"/>
+    <w:rsid w:val="002928DE"/>
+    <w:rsid w:val="00293E0B"/>
     <w:rsid w:val="00297199"/>
+    <w:rsid w:val="002A2AF1"/>
     <w:rsid w:val="002B742B"/>
     <w:rsid w:val="002D0673"/>
     <w:rsid w:val="002E3031"/>
+    <w:rsid w:val="002E5209"/>
     <w:rsid w:val="002F2976"/>
+    <w:rsid w:val="002F793D"/>
     <w:rsid w:val="00320FBD"/>
     <w:rsid w:val="00325897"/>
     <w:rsid w:val="00325B3B"/>
     <w:rsid w:val="003266F4"/>
+    <w:rsid w:val="0033329D"/>
     <w:rsid w:val="00335007"/>
     <w:rsid w:val="00355C65"/>
     <w:rsid w:val="003576C2"/>
+    <w:rsid w:val="00362AB9"/>
     <w:rsid w:val="00363264"/>
     <w:rsid w:val="0037122D"/>
     <w:rsid w:val="00385D0C"/>
+    <w:rsid w:val="003A2CED"/>
     <w:rsid w:val="003A55F9"/>
     <w:rsid w:val="003B1010"/>
     <w:rsid w:val="003D7363"/>
     <w:rsid w:val="003E5715"/>
+    <w:rsid w:val="00402982"/>
     <w:rsid w:val="00405B53"/>
     <w:rsid w:val="00432F86"/>
     <w:rsid w:val="00433790"/>
     <w:rsid w:val="00437215"/>
     <w:rsid w:val="004379AB"/>
     <w:rsid w:val="00443E1E"/>
     <w:rsid w:val="0045083E"/>
     <w:rsid w:val="00452262"/>
     <w:rsid w:val="00466FC9"/>
     <w:rsid w:val="00477AD5"/>
     <w:rsid w:val="004844AA"/>
     <w:rsid w:val="00493061"/>
     <w:rsid w:val="00495CD2"/>
+    <w:rsid w:val="00496E06"/>
     <w:rsid w:val="004A1980"/>
+    <w:rsid w:val="004C4194"/>
+    <w:rsid w:val="004C6AB0"/>
     <w:rsid w:val="004D257D"/>
     <w:rsid w:val="004D6AB0"/>
     <w:rsid w:val="004D7D86"/>
     <w:rsid w:val="004E7B5A"/>
     <w:rsid w:val="004F024C"/>
+    <w:rsid w:val="0051361D"/>
     <w:rsid w:val="00513CC8"/>
+    <w:rsid w:val="00516AFE"/>
+    <w:rsid w:val="005257A8"/>
     <w:rsid w:val="00527BF2"/>
     <w:rsid w:val="00535B56"/>
     <w:rsid w:val="00550EE3"/>
     <w:rsid w:val="00553B76"/>
     <w:rsid w:val="005569CF"/>
     <w:rsid w:val="005577E2"/>
     <w:rsid w:val="00560749"/>
     <w:rsid w:val="005608DE"/>
     <w:rsid w:val="005673A1"/>
     <w:rsid w:val="00570229"/>
     <w:rsid w:val="0057105C"/>
     <w:rsid w:val="00573EBA"/>
     <w:rsid w:val="0057465F"/>
     <w:rsid w:val="0058645E"/>
+    <w:rsid w:val="005963CE"/>
     <w:rsid w:val="005A5CE4"/>
     <w:rsid w:val="005B047C"/>
+    <w:rsid w:val="005B0711"/>
     <w:rsid w:val="005B5B27"/>
+    <w:rsid w:val="005C4073"/>
     <w:rsid w:val="005D2945"/>
     <w:rsid w:val="005E208E"/>
     <w:rsid w:val="005E2E41"/>
     <w:rsid w:val="005F0203"/>
+    <w:rsid w:val="005F751C"/>
+    <w:rsid w:val="00607201"/>
+    <w:rsid w:val="00611D7A"/>
+    <w:rsid w:val="006123FF"/>
     <w:rsid w:val="00626C9C"/>
     <w:rsid w:val="0062740B"/>
     <w:rsid w:val="00630C16"/>
     <w:rsid w:val="006371F8"/>
     <w:rsid w:val="00642DB7"/>
     <w:rsid w:val="00656CFF"/>
     <w:rsid w:val="0067066A"/>
     <w:rsid w:val="00674C2F"/>
     <w:rsid w:val="0068498A"/>
     <w:rsid w:val="006A23A7"/>
     <w:rsid w:val="006A3BC4"/>
+    <w:rsid w:val="006B6A9E"/>
     <w:rsid w:val="006C3BC1"/>
     <w:rsid w:val="006D1E8A"/>
     <w:rsid w:val="006E1B5B"/>
     <w:rsid w:val="006E326E"/>
+    <w:rsid w:val="006E48C5"/>
     <w:rsid w:val="006E5873"/>
+    <w:rsid w:val="006E6431"/>
     <w:rsid w:val="006F2E3B"/>
     <w:rsid w:val="00703973"/>
     <w:rsid w:val="00703ACB"/>
     <w:rsid w:val="00711678"/>
     <w:rsid w:val="007211C9"/>
     <w:rsid w:val="0072342E"/>
     <w:rsid w:val="00727731"/>
     <w:rsid w:val="0074190D"/>
+    <w:rsid w:val="007572CD"/>
     <w:rsid w:val="0076341F"/>
     <w:rsid w:val="00763672"/>
     <w:rsid w:val="007707E2"/>
+    <w:rsid w:val="00770C8B"/>
+    <w:rsid w:val="007721DC"/>
     <w:rsid w:val="007865A9"/>
     <w:rsid w:val="00792FDD"/>
     <w:rsid w:val="00795003"/>
     <w:rsid w:val="007A1F04"/>
     <w:rsid w:val="007A262D"/>
     <w:rsid w:val="007A29A7"/>
     <w:rsid w:val="007A3846"/>
     <w:rsid w:val="007B52BA"/>
     <w:rsid w:val="007C1B94"/>
     <w:rsid w:val="007C7749"/>
     <w:rsid w:val="007E5026"/>
     <w:rsid w:val="007E5F9E"/>
     <w:rsid w:val="007E7DB4"/>
     <w:rsid w:val="007F1DD6"/>
     <w:rsid w:val="007F2AD0"/>
     <w:rsid w:val="007F6ECC"/>
     <w:rsid w:val="00810AC9"/>
     <w:rsid w:val="00820344"/>
+    <w:rsid w:val="008224ED"/>
+    <w:rsid w:val="00827119"/>
     <w:rsid w:val="00833782"/>
+    <w:rsid w:val="008337C0"/>
     <w:rsid w:val="00836FEC"/>
     <w:rsid w:val="0084763F"/>
-    <w:rsid w:val="0084777A"/>
+    <w:rsid w:val="00847D90"/>
+    <w:rsid w:val="0087300E"/>
     <w:rsid w:val="00882143"/>
     <w:rsid w:val="00882535"/>
+    <w:rsid w:val="0089052F"/>
     <w:rsid w:val="00891AC6"/>
     <w:rsid w:val="00892380"/>
     <w:rsid w:val="0089688B"/>
     <w:rsid w:val="008A0923"/>
     <w:rsid w:val="008A1356"/>
+    <w:rsid w:val="008A5108"/>
     <w:rsid w:val="008B500A"/>
-    <w:rsid w:val="008D1966"/>
     <w:rsid w:val="008E140D"/>
     <w:rsid w:val="008E24FC"/>
+    <w:rsid w:val="008E6E1A"/>
+    <w:rsid w:val="008F0D7E"/>
     <w:rsid w:val="008F19CD"/>
     <w:rsid w:val="008F71A6"/>
+    <w:rsid w:val="009042DE"/>
     <w:rsid w:val="009340FE"/>
     <w:rsid w:val="00934B04"/>
     <w:rsid w:val="00946487"/>
     <w:rsid w:val="0094648A"/>
     <w:rsid w:val="00957F49"/>
     <w:rsid w:val="00980595"/>
     <w:rsid w:val="00986E9E"/>
+    <w:rsid w:val="009966E0"/>
+    <w:rsid w:val="009A685D"/>
     <w:rsid w:val="009B354C"/>
     <w:rsid w:val="009C5C72"/>
     <w:rsid w:val="009D04FF"/>
     <w:rsid w:val="009D2AF6"/>
     <w:rsid w:val="009D6C8A"/>
     <w:rsid w:val="009E236A"/>
-    <w:rsid w:val="009E3F0A"/>
     <w:rsid w:val="009E3FBA"/>
     <w:rsid w:val="009E5CB3"/>
     <w:rsid w:val="009E73D3"/>
     <w:rsid w:val="009F44D0"/>
     <w:rsid w:val="009F5E9D"/>
     <w:rsid w:val="00A1552D"/>
     <w:rsid w:val="00A16F9A"/>
     <w:rsid w:val="00A178FF"/>
     <w:rsid w:val="00A2739F"/>
     <w:rsid w:val="00A3203F"/>
     <w:rsid w:val="00A41B9C"/>
     <w:rsid w:val="00A51CE6"/>
     <w:rsid w:val="00A557DD"/>
     <w:rsid w:val="00A6597F"/>
     <w:rsid w:val="00A67AC8"/>
+    <w:rsid w:val="00A703F8"/>
     <w:rsid w:val="00A7622A"/>
     <w:rsid w:val="00A91453"/>
+    <w:rsid w:val="00A91F2E"/>
     <w:rsid w:val="00A93182"/>
     <w:rsid w:val="00A9611C"/>
     <w:rsid w:val="00A971E4"/>
     <w:rsid w:val="00AA3CED"/>
+    <w:rsid w:val="00AA65AB"/>
     <w:rsid w:val="00AB00A5"/>
+    <w:rsid w:val="00AD194F"/>
+    <w:rsid w:val="00AD7E95"/>
     <w:rsid w:val="00AF0BB7"/>
     <w:rsid w:val="00AF0D9B"/>
     <w:rsid w:val="00B147B2"/>
-    <w:rsid w:val="00B350A4"/>
     <w:rsid w:val="00B37C17"/>
     <w:rsid w:val="00B4323F"/>
+    <w:rsid w:val="00B4521A"/>
     <w:rsid w:val="00B47C0B"/>
     <w:rsid w:val="00B5236C"/>
     <w:rsid w:val="00B6012D"/>
     <w:rsid w:val="00B60E92"/>
+    <w:rsid w:val="00B623DF"/>
     <w:rsid w:val="00B65F90"/>
+    <w:rsid w:val="00B768BC"/>
     <w:rsid w:val="00B84765"/>
+    <w:rsid w:val="00B85E8D"/>
     <w:rsid w:val="00B93322"/>
     <w:rsid w:val="00B93D41"/>
     <w:rsid w:val="00B97566"/>
     <w:rsid w:val="00BB1051"/>
     <w:rsid w:val="00BB27E3"/>
     <w:rsid w:val="00BB2B4B"/>
-    <w:rsid w:val="00BB2FE6"/>
     <w:rsid w:val="00BB3588"/>
     <w:rsid w:val="00BB3797"/>
     <w:rsid w:val="00BB4A1B"/>
     <w:rsid w:val="00BB6DCF"/>
     <w:rsid w:val="00BC3E4A"/>
     <w:rsid w:val="00BC63DE"/>
     <w:rsid w:val="00BD4E6D"/>
     <w:rsid w:val="00BD5448"/>
+    <w:rsid w:val="00BE04B5"/>
     <w:rsid w:val="00BE2042"/>
     <w:rsid w:val="00BE4438"/>
     <w:rsid w:val="00C01098"/>
+    <w:rsid w:val="00C02308"/>
     <w:rsid w:val="00C0344A"/>
     <w:rsid w:val="00C20A85"/>
     <w:rsid w:val="00C23629"/>
     <w:rsid w:val="00C25693"/>
     <w:rsid w:val="00C26AD2"/>
     <w:rsid w:val="00C35067"/>
     <w:rsid w:val="00C4315C"/>
     <w:rsid w:val="00C50AA7"/>
     <w:rsid w:val="00C605EB"/>
     <w:rsid w:val="00C65076"/>
+    <w:rsid w:val="00C6574F"/>
     <w:rsid w:val="00C70946"/>
     <w:rsid w:val="00C71BBC"/>
-    <w:rsid w:val="00C81E77"/>
+    <w:rsid w:val="00C72FCB"/>
     <w:rsid w:val="00C86890"/>
     <w:rsid w:val="00C917CC"/>
     <w:rsid w:val="00C9613C"/>
     <w:rsid w:val="00CA0007"/>
     <w:rsid w:val="00CA5232"/>
     <w:rsid w:val="00CC22B7"/>
     <w:rsid w:val="00CC335C"/>
     <w:rsid w:val="00CD553D"/>
     <w:rsid w:val="00CF5EA7"/>
     <w:rsid w:val="00CF681F"/>
-    <w:rsid w:val="00D0030F"/>
     <w:rsid w:val="00D0282E"/>
+    <w:rsid w:val="00D14772"/>
     <w:rsid w:val="00D2510C"/>
     <w:rsid w:val="00D31513"/>
     <w:rsid w:val="00D3437B"/>
+    <w:rsid w:val="00D3473E"/>
     <w:rsid w:val="00D403EA"/>
     <w:rsid w:val="00D42884"/>
     <w:rsid w:val="00D46036"/>
     <w:rsid w:val="00D47425"/>
+    <w:rsid w:val="00D5014A"/>
     <w:rsid w:val="00D66464"/>
     <w:rsid w:val="00D712CE"/>
     <w:rsid w:val="00D720CE"/>
     <w:rsid w:val="00D74BEC"/>
     <w:rsid w:val="00D96069"/>
+    <w:rsid w:val="00DA4DA1"/>
     <w:rsid w:val="00DC0104"/>
     <w:rsid w:val="00DE04E2"/>
+    <w:rsid w:val="00DE6032"/>
     <w:rsid w:val="00E073D8"/>
     <w:rsid w:val="00E102A4"/>
     <w:rsid w:val="00E13B72"/>
     <w:rsid w:val="00E1452D"/>
     <w:rsid w:val="00E268C4"/>
     <w:rsid w:val="00E31A77"/>
     <w:rsid w:val="00E32C38"/>
+    <w:rsid w:val="00E35619"/>
     <w:rsid w:val="00E50344"/>
     <w:rsid w:val="00E5158E"/>
+    <w:rsid w:val="00E707D2"/>
     <w:rsid w:val="00E70BC4"/>
     <w:rsid w:val="00E918BC"/>
+    <w:rsid w:val="00E9426E"/>
     <w:rsid w:val="00EA00C5"/>
     <w:rsid w:val="00EA0ED4"/>
     <w:rsid w:val="00EA2898"/>
     <w:rsid w:val="00EA2EAB"/>
     <w:rsid w:val="00EB4A75"/>
     <w:rsid w:val="00EB5269"/>
     <w:rsid w:val="00EB7F5C"/>
     <w:rsid w:val="00EC73D1"/>
     <w:rsid w:val="00ED6B4F"/>
     <w:rsid w:val="00EF43F1"/>
     <w:rsid w:val="00F02B06"/>
     <w:rsid w:val="00F14048"/>
     <w:rsid w:val="00F1591E"/>
+    <w:rsid w:val="00F2275C"/>
     <w:rsid w:val="00F245D8"/>
     <w:rsid w:val="00F35114"/>
     <w:rsid w:val="00F43AC8"/>
+    <w:rsid w:val="00F4522C"/>
+    <w:rsid w:val="00F4733C"/>
     <w:rsid w:val="00F52F5C"/>
     <w:rsid w:val="00F64566"/>
     <w:rsid w:val="00F8124D"/>
     <w:rsid w:val="00F8339C"/>
     <w:rsid w:val="00F87677"/>
     <w:rsid w:val="00FA169C"/>
     <w:rsid w:val="00FA5081"/>
     <w:rsid w:val="00FB167A"/>
     <w:rsid w:val="00FB3AA8"/>
     <w:rsid w:val="00FC36F4"/>
     <w:rsid w:val="00FD630E"/>
     <w:rsid w:val="00FD726E"/>
     <w:rsid w:val="00FE4A58"/>
     <w:rsid w:val="00FF4569"/>
+    <w:rsid w:val="00FF5ACD"/>
     <w:rsid w:val="3BFF650C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -23490,81 +28763,85 @@
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C9613C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="000614A3"/>
+    <w:rsid w:val="009A685D"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
       <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C9613C"/>
+    <w:rsid w:val="00611D7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="18" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="1" w:color="auto"/>
+      </w:pBdr>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C9613C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
@@ -23710,72 +28987,74 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000614A3"/>
+    <w:rsid w:val="009A685D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:kern w:val="0"/>
-      <w:szCs w:val="20"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00C9613C"/>
+    <w:rsid w:val="00611D7A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9613C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9613C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -23833,75 +29112,80 @@
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9613C"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00C9613C"/>
+    <w:rsid w:val="004C6AB0"/>
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00C9613C"/>
+    <w:rsid w:val="004C6AB0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00C9613C"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
@@ -23928,50 +29212,51 @@
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00C9613C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E102A4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="1133" w:right="288"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00C9613C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
@@ -24103,4762 +29388,4308 @@
     <w:semiHidden/>
     <w:rsid w:val="00795003"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00176F60"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Answer">
+    <w:name w:val="Answer"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="AnswerChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="006B6A9E"/>
+    <w:rPr>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="006B6A9E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AnswerChar">
+    <w:name w:val="Answer Char"/>
+    <w:basedOn w:val="ListParagraphChar"/>
+    <w:link w:val="Answer"/>
+    <w:rsid w:val="006B6A9E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...42 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ED1A752367184208A06809264BC25443"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3BC56C1A-2289-42AB-9195-66E2EA07AB55}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="ED1A752367184208A06809264BC254435"/>
+            <w:pStyle w:val="ED1A752367184208A06809264BC254433"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="209F00D6192B47A888678BFA2B994682"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{34F82F40-FC9F-432D-A11E-6499F3BD326F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="209F00D6192B47A888678BFA2B9946825"/>
+            <w:pStyle w:val="209F00D6192B47A888678BFA2B9946823"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F22D4162E73C4E468F2C9CC2744A09FA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{54A88101-77E9-49B1-AC2F-317106E231B9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="F22D4162E73C4E468F2C9CC2744A09FA5"/>
+            <w:pStyle w:val="F22D4162E73C4E468F2C9CC2744A09FA3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>choose from list.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5EB2CFEC17A94104B6A7808068815B37"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BB213A02-2FCC-4CD8-ABFB-E47F3330E712}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="5EB2CFEC17A94104B6A7808068815B375"/>
+            <w:pStyle w:val="5EB2CFEC17A94104B6A7808068815B373"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9C7505E58731471FA169DA381E4C8160"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2C83542A-DF8F-46FD-A22B-2FB2FB4EDB54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="9C7505E58731471FA169DA381E4C81605"/>
+            <w:pStyle w:val="9C7505E58731471FA169DA381E4C81603"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ADEB27AB01D14F22868DC12FAAF9FF11"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC723A79-3C54-4942-8DCC-6655AEB5256C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="ADEB27AB01D14F22868DC12FAAF9FF115"/>
+            <w:pStyle w:val="ADEB27AB01D14F22868DC12FAAF9FF113"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8AACF4B6A104466F9BE508DC921E7350"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99AF3737-B517-480D-8288-FE53115C199E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="8AACF4B6A104466F9BE508DC921E73505"/>
+            <w:pStyle w:val="8AACF4B6A104466F9BE508DC921E73503"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2B7FFB23E77F4B01A43C69EA4C8456D0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E8E1AB1E-54DC-4587-85E5-376306F98E75}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2B7FFB23E77F4B01A43C69EA4C8456D05"/>
-[...29 lines deleted...]
-            <w:pStyle w:val="32C808B0BC79471488395027ED46601E5"/>
+            <w:pStyle w:val="2B7FFB23E77F4B01A43C69EA4C8456D03"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="855FFC5D0E8649E081C751D3021AFE20"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F1E7C13B-E60D-4F8E-843D-57504964A140}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="855FFC5D0E8649E081C751D3021AFE205"/>
+            <w:pStyle w:val="855FFC5D0E8649E081C751D3021AFE203"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F9B108A244804C839E4DD755E3D4F8EE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{39CA7A13-8CD6-48C4-901C-D7818F819AEC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="F9B108A244804C839E4DD755E3D4F8EE5"/>
+            <w:pStyle w:val="F9B108A244804C839E4DD755E3D4F8EE3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="86F491AA6DCF4E78B9AF62FD0E409A50"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2B9BC7B-B34D-469C-A88E-0B3BA07AC962}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="86F491AA6DCF4E78B9AF62FD0E409A505"/>
+            <w:pStyle w:val="86F491AA6DCF4E78B9AF62FD0E409A503"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EDD68EDBDEB64713BFDE59202963987D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AD7FC8ED-7B17-40A5-BAAF-16D466595315}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="EDD68EDBDEB64713BFDE59202963987D5"/>
+            <w:pStyle w:val="EDD68EDBDEB64713BFDE59202963987D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="66370CFBEF2F46F3811EAC77916666FD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{555F3309-3BFD-4610-9BBF-430CF885B7F0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="66370CFBEF2F46F3811EAC77916666FD5"/>
+            <w:pStyle w:val="66370CFBEF2F46F3811EAC77916666FD3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="19C31DFB4C2B4E5EA9A5D66654C3A5E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2C167285-D913-473F-8189-E95DA6C5F02B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="19C31DFB4C2B4E5EA9A5D66654C3A5E55"/>
+            <w:pStyle w:val="19C31DFB4C2B4E5EA9A5D66654C3A5E53"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8FDCC82667DE49A382E3713A1C44B6AD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{09F532BA-CAB9-45CD-AE40-A7A6452E3DB3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="8FDCC82667DE49A382E3713A1C44B6AD5"/>
+            <w:pStyle w:val="8FDCC82667DE49A382E3713A1C44B6AD3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA6029939CF045EB8999312CDB24FDBA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{16E267D8-6E49-478E-98EF-4DC612382D72}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AA6029939CF045EB8999312CDB24FDBA5"/>
+            <w:pStyle w:val="AA6029939CF045EB8999312CDB24FDBA3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DE946D5C845F41D88A217F16DF0A9B78"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E1F28C45-358B-4919-8229-6CA5FDE34F86}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="DE946D5C845F41D88A217F16DF0A9B785"/>
+            <w:pStyle w:val="DE946D5C845F41D88A217F16DF0A9B783"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89A9E0891AEC4E0384BFDC5DBB9338F2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{78F8CC27-0255-40DE-A4D9-9C0204655C90}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="89A9E0891AEC4E0384BFDC5DBB9338F25"/>
+            <w:pStyle w:val="89A9E0891AEC4E0384BFDC5DBB9338F23"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CF3759915C124876BA80524CB4D709E7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F00D862A-AD80-49B0-AF65-99C41C3CB42E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="CF3759915C124876BA80524CB4D709E75"/>
+            <w:pStyle w:val="CF3759915C124876BA80524CB4D709E73"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="85172F4A8F9648D2B8EEDE8ADE15EC65"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6549EAD8-1A17-443A-9F63-2CCCEA3FC652}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="85172F4A8F9648D2B8EEDE8ADE15EC655"/>
+            <w:pStyle w:val="85172F4A8F9648D2B8EEDE8ADE15EC653"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="549195CFFCA943EEA2FFA1530D5C6E8E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D26C92EB-4F55-465A-AAED-D198A0598179}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="549195CFFCA943EEA2FFA1530D5C6E8E5"/>
+            <w:pStyle w:val="549195CFFCA943EEA2FFA1530D5C6E8E3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6AA4A88416E64047BF0031F85AA24FFD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C9E8E729-CFCD-4F80-828A-5999020C695F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="6AA4A88416E64047BF0031F85AA24FFD5"/>
+            <w:pStyle w:val="6AA4A88416E64047BF0031F85AA24FFD3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F3A119F40BF42979C3768B5397E2A07"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{14230A6B-EBCE-496D-A6CC-3C9F13B997D9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="3F3A119F40BF42979C3768B5397E2A075"/>
+            <w:pStyle w:val="3F3A119F40BF42979C3768B5397E2A073"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6F1F309F34104280A96C94D15A2496E4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{919C5ADF-E8B8-426B-BD5A-E387A0AA8B91}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="6F1F309F34104280A96C94D15A2496E45"/>
+            <w:pStyle w:val="6F1F309F34104280A96C94D15A2496E43"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="317B74D453F445F5928B74D3CB4206B3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D911EDD-14AB-4A13-9F9F-0531183B7AF6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="317B74D453F445F5928B74D3CB4206B35"/>
+            <w:pStyle w:val="317B74D453F445F5928B74D3CB4206B33"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2F266858AC874293B9F367BC613D04E2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{62AA8949-A179-4F4D-B454-C025621298A9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2F266858AC874293B9F367BC613D04E25"/>
+            <w:pStyle w:val="2F266858AC874293B9F367BC613D04E23"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AB290440E0B6482F8424E433EACDED9D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B92086C1-8D20-4FB8-BA50-65D66C2C9408}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AB290440E0B6482F8424E433EACDED9D5"/>
+            <w:pStyle w:val="AB290440E0B6482F8424E433EACDED9D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="420AC9471F4846E28994E24C42773FEE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1919BDE0-CD97-448A-8AAD-0E0BC2DC3C11}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="420AC9471F4846E28994E24C42773FEE5"/>
+            <w:pStyle w:val="420AC9471F4846E28994E24C42773FEE3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1F41CF53BB9A4F09AD62CEB9190B2892"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A08880E0-2D44-48D6-B125-F97593A1FB90}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="1F41CF53BB9A4F09AD62CEB9190B28925"/>
+            <w:pStyle w:val="1F41CF53BB9A4F09AD62CEB9190B28923"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="516B9348D2044FCD87804DF02EB6423B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7021F1F0-8378-4037-B5D8-C0369118013E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="516B9348D2044FCD87804DF02EB6423B5"/>
+            <w:pStyle w:val="516B9348D2044FCD87804DF02EB6423B3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1FD1B6038E104972B00C7310DF3053C9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0300AF77-5C0A-46EB-B3CB-6DA483184F35}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="1FD1B6038E104972B00C7310DF3053C95"/>
+            <w:pStyle w:val="1FD1B6038E104972B00C7310DF3053C93"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="860BD7FEEB344D509861C15E6EE4F321"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{37FB856C-B66C-4467-88FD-78C9D6AAC9B3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="860BD7FEEB344D509861C15E6EE4F3215"/>
+            <w:pStyle w:val="860BD7FEEB344D509861C15E6EE4F3213"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9989BC03213A450FB62BD1C3EFC393A6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9E03A209-F507-4AD1-82D8-A2A9090743EB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="9989BC03213A450FB62BD1C3EFC393A65"/>
+            <w:pStyle w:val="9989BC03213A450FB62BD1C3EFC393A63"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B41162F8ED8A48FFBEA39130B1D6A586"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7DA2CF78-E7BA-4893-A1E9-99788F683480}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="B41162F8ED8A48FFBEA39130B1D6A5865"/>
+            <w:pStyle w:val="B41162F8ED8A48FFBEA39130B1D6A5863"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="33B53DC4F76145C5AEAC289FB5E3E972"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{66941745-6821-4D69-9F32-F7F51377E140}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="33B53DC4F76145C5AEAC289FB5E3E9725"/>
+            <w:pStyle w:val="33B53DC4F76145C5AEAC289FB5E3E9723"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA0F4423DE4645EA959A26DD4C96788D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{278121EE-07A5-40AD-B24E-69CFDA5A3513}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AA0F4423DE4645EA959A26DD4C96788D5"/>
+            <w:pStyle w:val="AA0F4423DE4645EA959A26DD4C96788D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B632588FCDFC4B82855CE245A36EECF9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8BC5B43C-D9AF-4095-9D98-ECDA63440C4A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="B632588FCDFC4B82855CE245A36EECF95"/>
+            <w:pStyle w:val="B632588FCDFC4B82855CE245A36EECF93"/>
           </w:pPr>
           <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Enter site summary here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F5A4E0FD9C94B348A51748A70481532"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3926148E-38E9-4A72-B68B-A4DED2643C54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="3F5A4E0FD9C94B348A51748A704815325"/>
+            <w:pStyle w:val="3F5A4E0FD9C94B348A51748A704815323"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="41E53D7EB5494E9681315E1B34171037"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{19F80BA4-14A8-4E2C-A8DA-DF8970BAD2DA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="41E53D7EB5494E9681315E1B341710375"/>
+            <w:pStyle w:val="41E53D7EB5494E9681315E1B341710373"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D2AC72CD973940D4891A08C1B14EAA85"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74724B01-1D50-4D9B-8A9E-F9463FE457BF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="D2AC72CD973940D4891A08C1B14EAA855"/>
+            <w:pStyle w:val="D2AC72CD973940D4891A08C1B14EAA853"/>
           </w:pPr>
           <w:r w:rsidRPr="003576C2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8849534816304F3FA63BEE491A4F7CFF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2C102B34-F4F3-4B41-81C9-B4E749060A10}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="8849534816304F3FA63BEE491A4F7CFF5"/>
+            <w:pStyle w:val="8849534816304F3FA63BEE491A4F7CFF3"/>
           </w:pPr>
           <w:r w:rsidRPr="003576C2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4D101D62074846DBA0026AEBB569F95D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33DB12D6-6138-43DF-AE54-E6A3B8189166}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="4D101D62074846DBA0026AEBB569F95D5"/>
+            <w:pStyle w:val="4D101D62074846DBA0026AEBB569F95D3"/>
           </w:pPr>
           <w:r w:rsidRPr="003576C2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
-          </w:r>
-[...58 lines deleted...]
-            <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7F29985BFFBD47FFA251817D26FF7889"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{177C179F-5217-4E5C-AC69-4E899612B4B1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="7F29985BFFBD47FFA251817D26FF78895"/>
+            <w:pStyle w:val="7F29985BFFBD47FFA251817D26FF78893"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="637A49882EE045AB877AC0D9B6532A6F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{419CEC69-64DA-4729-8DAE-44A1035BABD9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="637A49882EE045AB877AC0D9B6532A6F5"/>
+            <w:pStyle w:val="637A49882EE045AB877AC0D9B6532A6F3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ED2DA2B51C104F62AE62F6826B35CF02"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3121FA7D-66F1-4A0A-B3E0-A18A55EEF5ED}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="ED2DA2B51C104F62AE62F6826B35CF025"/>
+            <w:pStyle w:val="ED2DA2B51C104F62AE62F6826B35CF023"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B836767C8C9340D7BB8C06652C27320E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{31E165F7-205F-4A25-8B3F-D75FBCAF6A2B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="B836767C8C9340D7BB8C06652C27320E5"/>
+            <w:pStyle w:val="B836767C8C9340D7BB8C06652C27320E3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1951FBDF47F4D28B29A2D42117413FF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{21549BCA-D6B7-49C0-8905-2ED2814AB051}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="E1951FBDF47F4D28B29A2D42117413FF5"/>
+            <w:pStyle w:val="E1951FBDF47F4D28B29A2D42117413FF3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A714FADC4337419898D2E169BD33CA66"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B4587BE6-2CE4-4E75-85B2-724BF262F8FD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="A714FADC4337419898D2E169BD33CA665"/>
+            <w:pStyle w:val="A714FADC4337419898D2E169BD33CA663"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DA1334183B6043AA8A26084310CBFBFA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5F1ABC82-2558-49F4-9272-9361E885BB58}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="DA1334183B6043AA8A26084310CBFBFA5"/>
+            <w:pStyle w:val="DA1334183B6043AA8A26084310CBFBFA3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89D1DD46E50245459F52592AD1250CA1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CC2331A8-0984-4F9B-9F17-E2A3C53FA797}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="89D1DD46E50245459F52592AD1250CA15"/>
+            <w:pStyle w:val="89D1DD46E50245459F52592AD1250CA13"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="667073D5F52A43E293DC31C63A0C26BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BA0CCE68-779E-4404-A537-90D030CD67BE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="667073D5F52A43E293DC31C63A0C26BE5"/>
+            <w:pStyle w:val="667073D5F52A43E293DC31C63A0C26BE3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75FA413C53C2460B91A02DDAE256B352"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{406AC5E4-063B-423F-B548-E6B20B320B19}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="75FA413C53C2460B91A02DDAE256B3525"/>
+            <w:pStyle w:val="75FA413C53C2460B91A02DDAE256B3523"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="669FC52C985E4E7BB048BEE4F4672624"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{43961FB0-5202-4599-861A-CAFC5B5EA084}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="669FC52C985E4E7BB048BEE4F46726245"/>
+            <w:pStyle w:val="669FC52C985E4E7BB048BEE4F46726243"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="777DE85F0EC04DA4B4ACDEBB9077C5BA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E1AF16DB-A3FB-4D1C-9A2A-E4782D54DA00}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="777DE85F0EC04DA4B4ACDEBB9077C5BA5"/>
+            <w:pStyle w:val="777DE85F0EC04DA4B4ACDEBB9077C5BA3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49252069AAAF4CC08DDB07F6BC456970"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B861D124-2127-44E6-AC38-C6D276AEFEE8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="49252069AAAF4CC08DDB07F6BC4569705"/>
+            <w:pStyle w:val="49252069AAAF4CC08DDB07F6BC4569703"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DA81CC45EBDD49CCBBEA0884FAB6104D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{851EF008-7225-45CE-B887-5FAC77A3E53A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="DA81CC45EBDD49CCBBEA0884FAB6104D5"/>
+            <w:pStyle w:val="DA81CC45EBDD49CCBBEA0884FAB6104D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2440B0DA5BD84314B978881244341392"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5F058555-7FA3-4BB9-9CC4-885DD5701D93}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2440B0DA5BD84314B9788812443413925"/>
+            <w:pStyle w:val="2440B0DA5BD84314B9788812443413923"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3D083FA893154C0A8B8218FDACBAB244"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{13F4664C-D4B6-47B6-981D-B09902D2E435}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="3D083FA893154C0A8B8218FDACBAB2445"/>
+            <w:pStyle w:val="3D083FA893154C0A8B8218FDACBAB2443"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Describe where dimensions were measured</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2225D062149B4DA2A8E02AC1971AC9A5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0BDD8C2A-AC91-4AB7-8313-D5F23C8F67AA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2225D062149B4DA2A8E02AC1971AC9A55"/>
-[...29 lines deleted...]
-            <w:pStyle w:val="17FCC833BBCE439ABAB40FBE990B00EF5"/>
+            <w:pStyle w:val="2225D062149B4DA2A8E02AC1971AC9A53"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DB0122C09149415CAF2AA23838581CE0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A771D6C9-EB27-453C-9C57-3C049682DF6D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="DB0122C09149415CAF2AA23838581CE05"/>
+            <w:pStyle w:val="DB0122C09149415CAF2AA23838581CE03"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="817897FE28C545B8A34155A809AAD32A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{35F912BD-F29F-4E55-B73D-FC22C9B9241C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="817897FE28C545B8A34155A809AAD32A5"/>
+            <w:pStyle w:val="817897FE28C545B8A34155A809AAD32A3"/>
           </w:pPr>
           <w:r w:rsidRPr="00065AE5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FFE70B705D864ACBAAB86FEBDD8DC86E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A1804341-6C4F-4552-B57A-50EF31F93E40}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="FFE70B705D864ACBAAB86FEBDD8DC86E5"/>
+            <w:pStyle w:val="FFE70B705D864ACBAAB86FEBDD8DC86E3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D129D9EB64974E83B338A122B1108B89"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{870861CE-F1FA-4BE1-8D83-5D5D972DA1B7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="D129D9EB64974E83B338A122B1108B895"/>
+            <w:pStyle w:val="D129D9EB64974E83B338A122B1108B893"/>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
-            <w:t xml:space="preserve">     </w:t>
+            <w:t>Describe sampling and analyses here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CAE82468D3C64D638B22215D02A519AF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{99B0C97E-439C-43CC-A15B-F85311134051}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="CAE82468D3C64D638B22215D02A519AF5"/>
+            <w:pStyle w:val="CAE82468D3C64D638B22215D02A519AF3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA4C7490615647C397E1C7BBCA2D43EF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E18E42AA-789E-488B-A46C-41B4BBA40CD0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AA4C7490615647C397E1C7BBCA2D43EF5"/>
+            <w:pStyle w:val="AA4C7490615647C397E1C7BBCA2D43EF3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3C2A3FEC225C4C21A7D8F4C8CA464EF1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{466BDAAC-8D1F-4D92-B2DB-A0EC83228400}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="3C2A3FEC225C4C21A7D8F4C8CA464EF15"/>
+            <w:pStyle w:val="3C2A3FEC225C4C21A7D8F4C8CA464EF13"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="01D6E10AF8A44E5C82AB55B774357137"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{650D2EBE-8967-4A60-AECA-56D5DC76896E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="01D6E10AF8A44E5C82AB55B7743571375"/>
+            <w:pStyle w:val="01D6E10AF8A44E5C82AB55B7743571373"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AD3C643605064DCB90B9C0A3A39FD442"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EC4ADCEE-367E-4FEB-9E48-F4FC8583588D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00F43AC8">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00F43AC8">
           <w:pPr>
             <w:pStyle w:val="AD3C643605064DCB90B9C0A3A39FD442"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7F64504E5063446082144C6E54BF4B25"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CDCDECE8-C12D-4E8C-A518-AB74E3D44896}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="7F64504E5063446082144C6E54BF4B255"/>
+            <w:pStyle w:val="7F64504E5063446082144C6E54BF4B253"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="405AB017577F47BEAF9FB8AA7889F898"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C1A80AC3-5F54-44EE-B01A-0C6AAFA62438}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="405AB017577F47BEAF9FB8AA7889F8985"/>
+            <w:pStyle w:val="405AB017577F47BEAF9FB8AA7889F8983"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F652BB832AE2476A80EABA9C6A2FDBEB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F786FC5B-5C35-4704-A605-D19B2BE4C4FA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="F652BB832AE2476A80EABA9C6A2FDBEB5"/>
+            <w:pStyle w:val="F652BB832AE2476A80EABA9C6A2FDBEB3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BEC14FB83AE147E0B0209AB104D3F804"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E623D138-A051-4AE4-8B6D-E5DA6FD8AAB6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="BEC14FB83AE147E0B0209AB104D3F8045"/>
+            <w:pStyle w:val="BEC14FB83AE147E0B0209AB104D3F8043"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D103B41C555549FAA2FCEB9CB8CEF953"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C2C01435-EDC9-444F-B323-648F0D46ED56}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="D103B41C555549FAA2FCEB9CB8CEF9535"/>
+            <w:pStyle w:val="D103B41C555549FAA2FCEB9CB8CEF9533"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0D2F6675A007402F8923A24EC693375C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{77DB23DB-EA67-4C8D-A525-E37CFA3BA03E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="0D2F6675A007402F8923A24EC693375C5"/>
+            <w:pStyle w:val="0D2F6675A007402F8923A24EC693375C3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B9BF61DBDB7F4342940D91681BD388CC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{44A38F33-4FE1-4F00-A267-7DDB2DA36A57}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="B9BF61DBDB7F4342940D91681BD388CC5"/>
+            <w:pStyle w:val="B9BF61DBDB7F4342940D91681BD388CC3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>c</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>hoose</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9281E81906E445C78A20E4E7CAAADA90"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EA3B5533-4429-462B-A006-53AEAB6B77A9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="9281E81906E445C78A20E4E7CAAADA905"/>
+            <w:pStyle w:val="9281E81906E445C78A20E4E7CAAADA903"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="31C2E7CB5C484B6F832ACE41694AD5C6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FB995752-5EAE-459E-85F5-47C8043084BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="31C2E7CB5C484B6F832ACE41694AD5C65"/>
+            <w:pStyle w:val="31C2E7CB5C484B6F832ACE41694AD5C63"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F160C8BEF2D3453988C07E2EBF1A2AC8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{487FB598-5133-4E7E-B2C7-9657AB3A0DBA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="F160C8BEF2D3453988C07E2EBF1A2AC85"/>
+            <w:pStyle w:val="F160C8BEF2D3453988C07E2EBF1A2AC83"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="80076E776B1C41EA90B560002CCD28C1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0A692AE7-5A36-4D63-A4ED-4966FA442D9E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="80076E776B1C41EA90B560002CCD28C15"/>
+            <w:pStyle w:val="80076E776B1C41EA90B560002CCD28C13"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2959C1DA4D04FA483802352491C57E7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AECFDC0-B10B-4832-9963-9598941C4443}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="A2959C1DA4D04FA483802352491C57E75"/>
+            <w:pStyle w:val="A2959C1DA4D04FA483802352491C57E73"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="537D71FCA87843E59A4345B2E1D8583D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8A5175CD-4E51-4394-B05F-2EBF3C8FB12E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="537D71FCA87843E59A4345B2E1D8583D5"/>
+            <w:pStyle w:val="537D71FCA87843E59A4345B2E1D8583D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BFB9599C7E3540E5B6349739E7073F24"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BA723641-DF5A-4BA7-9DA6-228024F4047A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="BFB9599C7E3540E5B6349739E7073F245"/>
+            <w:pStyle w:val="BFB9599C7E3540E5B6349739E7073F243"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0F1F6518FB4C4A9EAE01097BF528033F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6F44CC3E-3E5B-470D-9911-8AFD6178A9EA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="0F1F6518FB4C4A9EAE01097BF528033F5"/>
+            <w:pStyle w:val="0F1F6518FB4C4A9EAE01097BF528033F3"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7851738E7A1847BC9CA39DDD6E568B2D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B101A8E1-ABEB-4660-80A8-6F5934543D57}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="7851738E7A1847BC9CA39DDD6E568B2D5"/>
+            <w:pStyle w:val="7851738E7A1847BC9CA39DDD6E568B2D3"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D0A6258211244B3BEAF292286CA22B4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{50CF1CD5-31B1-48B3-ABDF-C24AECFCA015}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="1D0A6258211244B3BEAF292286CA22B45"/>
+            <w:pStyle w:val="1D0A6258211244B3BEAF292286CA22B43"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Describe setting here</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B46CFFCC5E32437184323C75D968D00B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{53C300B2-BB46-4261-A60C-E1F53C1E3FF3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="B46CFFCC5E32437184323C75D968D00B5"/>
+            <w:pStyle w:val="B46CFFCC5E32437184323C75D968D00B3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="39119AAB3890422EA51401F778BC8C6C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06E3A36C-DCAA-4B12-9FA7-474DE92A1A25}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="39119AAB3890422EA51401F778BC8C6C5"/>
+            <w:pStyle w:val="39119AAB3890422EA51401F778BC8C6C3"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="09B04E5052A341E0BC4708B1D3557998"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{772A5520-E09C-4C83-A7F1-1AC88827C0BB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="09B04E5052A341E0BC4708B1D35579985"/>
+            <w:pStyle w:val="09B04E5052A341E0BC4708B1D35579983"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
-          </w:r>
-[...35 lines deleted...]
-            <w:t>from list</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1A73D5758E4D404A81614CF902F2634D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D7F88B2F-B343-49FB-B628-5EC69B654468}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="1A73D5758E4D404A81614CF902F2634D5"/>
+            <w:pStyle w:val="1A73D5758E4D404A81614CF902F2634D3"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FD444F7469EB4D36BF3D90EAF4BFF473"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BAD9DB08-E32E-442E-AD6B-27844BD9BAA6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="FD444F7469EB4D36BF3D90EAF4BFF4735"/>
+            <w:pStyle w:val="FD444F7469EB4D36BF3D90EAF4BFF4733"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4226E83D45B74DADA9E9C69B63CB8EC1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2BF4CA6-A41F-4D06-8DC5-0B13D4607B38}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="4226E83D45B74DADA9E9C69B63CB8EC15"/>
+            <w:pStyle w:val="4226E83D45B74DADA9E9C69B63CB8EC13"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2E0BC7F6173141C7882D443793F8E6F0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{92CBED36-F550-4FC8-A028-49F9C93B0629}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2E0BC7F6173141C7882D443793F8E6F05"/>
+            <w:pStyle w:val="2E0BC7F6173141C7882D443793F8E6F03"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="846FB79FCD05441089C526D004112DE6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E672FFC8-10C6-45B2-9004-C0087FCF5868}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="846FB79FCD05441089C526D004112DE65"/>
+            <w:pStyle w:val="846FB79FCD05441089C526D004112DE63"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="92B6A26FB0EC4326877D83F1906A7400"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B480A810-4778-42DD-9844-22224E5C6C99}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="92B6A26FB0EC4326877D83F1906A74005"/>
+            <w:pStyle w:val="92B6A26FB0EC4326877D83F1906A74003"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D7E14072B3F142E28AB420BE873A1F85"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A6BCC7A6-A6C3-42B3-8B5C-F4296D808E86}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="D7E14072B3F142E28AB420BE873A1F855"/>
+            <w:pStyle w:val="D7E14072B3F142E28AB420BE873A1F853"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="57582F3321E949488BFC8E297A86FF27"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A1D47CF1-C832-4C2E-811D-934E994F70BB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="57582F3321E949488BFC8E297A86FF275"/>
+            <w:pStyle w:val="57582F3321E949488BFC8E297A86FF273"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D79043C0D7FB4533B5FFCCD94676941D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{271865B0-DF9A-4711-AE47-349B83ADD90D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="D79043C0D7FB4533B5FFCCD94676941D5"/>
+            <w:pStyle w:val="D79043C0D7FB4533B5FFCCD94676941D3"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="94E7E680D08F40E6A4DEA9CCD071CFD5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7720D8F2-E29E-4348-8BB1-AF7CF2E23011}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="94E7E680D08F40E6A4DEA9CCD071CFD55"/>
+            <w:pStyle w:val="94E7E680D08F40E6A4DEA9CCD071CFD53"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2AF1B11459A649959E30D5550D95EA30"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2619F7A7-F3EE-4692-B10E-0D4A198F6215}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2AF1B11459A649959E30D5550D95EA305"/>
+            <w:pStyle w:val="2AF1B11459A649959E30D5550D95EA303"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EA16644742FA46DA86F1BE6887679E06"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{902B6E53-E9C2-47DC-8D30-9618F4E49195}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="EA16644742FA46DA86F1BE6887679E065"/>
+            <w:pStyle w:val="EA16644742FA46DA86F1BE6887679E063"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="339C26EC09CB44AEA94FCF256458979B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C48AEA3A-5952-41C3-B134-1235B5605615}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="339C26EC09CB44AEA94FCF256458979B5"/>
+            <w:pStyle w:val="339C26EC09CB44AEA94FCF256458979B3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="800B3054D7EE4B1E8613CD230680AA90"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF6F0161-5CC9-4F82-B16A-9897B889DF43}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="800B3054D7EE4B1E8613CD230680AA905"/>
+            <w:pStyle w:val="800B3054D7EE4B1E8613CD230680AA903"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="51C13CD980B74A4F983BD2EBDBA97F77"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3647A21A-1FF5-46CB-B24E-C230896746CE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="51C13CD980B74A4F983BD2EBDBA97F775"/>
+            <w:pStyle w:val="51C13CD980B74A4F983BD2EBDBA97F773"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6129ADB8E0514B15A0FFE872EDC7CD4B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{911CE22A-DA4E-4D81-AECD-F51B95078C0B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="6129ADB8E0514B15A0FFE872EDC7CD4B5"/>
+            <w:pStyle w:val="6129ADB8E0514B15A0FFE872EDC7CD4B3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="536B35E5C40242EBA05BD5CC5D84E320"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{836879EC-B088-4B0D-BC04-6D872FBD0229}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="536B35E5C40242EBA05BD5CC5D84E3205"/>
+            <w:pStyle w:val="536B35E5C40242EBA05BD5CC5D84E3203"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5FB73CA7561D450D917C6D462D364879"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B62B95AB-5947-45BB-8D00-3F1B9DA21635}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="5FB73CA7561D450D917C6D462D3648795"/>
+            <w:pStyle w:val="5FB73CA7561D450D917C6D462D3648793"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AFAEF8C976694D7BA0B7E0FD423264F8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{95701CF5-7538-4049-B377-3CEDAD64BC60}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AFAEF8C976694D7BA0B7E0FD423264F85"/>
+            <w:pStyle w:val="AFAEF8C976694D7BA0B7E0FD423264F83"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="49785867C9A1423CA802A1160D2CB9E1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D3BB2F6-588C-4A3C-9FF4-EA38946E2091}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="49785867C9A1423CA802A1160D2CB9E15"/>
+            <w:pStyle w:val="49785867C9A1423CA802A1160D2CB9E13"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1E79B6C181F4FA4B13E1E3E3B4E11FD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F7A89CC2-AAFC-4D5F-AD36-420A00B5A9FA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="E1E79B6C181F4FA4B13E1E3E3B4E11FD5"/>
+            <w:pStyle w:val="E1E79B6C181F4FA4B13E1E3E3B4E11FD3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="509248F9B15A4A3D8532F9071F72FCFD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6B5E4613-B416-4895-A150-EC3AEF93A68C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="509248F9B15A4A3D8532F9071F72FCFD5"/>
+            <w:pStyle w:val="509248F9B15A4A3D8532F9071F72FCFD3"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">Choose </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4E06F7D9B62C40E7B858C2C523176D74"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3A32DCC9-C203-4FB7-B631-444ACD3C22F9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="4E06F7D9B62C40E7B858C2C523176D745"/>
+            <w:pStyle w:val="4E06F7D9B62C40E7B858C2C523176D743"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EC398420EF65436CB040E44D0AAF88E1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A6F0652A-3CB9-4A13-8895-CE42A38EADE1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="000E7F8F" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="EC398420EF65436CB040E44D0AAF88E15"/>
+            <w:pStyle w:val="EC398420EF65436CB040E44D0AAF88E13"/>
           </w:pPr>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Choose</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve"> from list</w:t>
           </w:r>
           <w:r w:rsidRPr="006C4D44">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="461E49D0EA20422D8CCDC459E5B49A96"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D1476E9-3A42-4CE5-93BC-2246B35D3047}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D9211D" w:rsidRDefault="00A77CBA" w:rsidP="00CB72C3">
+        <w:p w:rsidR="00D9211D" w:rsidRDefault="00A36186" w:rsidP="00CB72C3">
           <w:pPr>
             <w:pStyle w:val="461E49D0EA20422D8CCDC459E5B49A961"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">          </w:t>
-          </w:r>
-[...24 lines deleted...]
-            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5D7AD62878224E77A146BE2BF497B101"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7BE42E4E-C0F3-4DDD-BCE2-5BCD4FEBB31E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A86AEE" w:rsidRDefault="00F43AC8" w:rsidP="00F43AC8">
           <w:pPr>
             <w:pStyle w:val="5D7AD62878224E77A146BE2BF497B101"/>
           </w:pPr>
           <w:r w:rsidRPr="00A50537">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1797DF62187B471BB4AABC14FA0827AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5EFC00A4-6178-4240-9390-6846D75E7FA0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="1797DF62187B471BB4AABC14FA0827AE5"/>
+            <w:pStyle w:val="1797DF62187B471BB4AABC14FA0827AE3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="899C1CC3ACBE422E8AF7ACA4EEE27BB7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7AA65B9-A720-4AF4-A2DC-34A2A51563B3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="899C1CC3ACBE422E8AF7ACA4EEE27BB75"/>
+            <w:pStyle w:val="899C1CC3ACBE422E8AF7ACA4EEE27BB73"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7E26BDBAA79746E48FD8B8D46F1E9FC3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2E6BE429-603D-4190-8D63-74334B72300F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="7E26BDBAA79746E48FD8B8D46F1E9FC35"/>
+            <w:pStyle w:val="7E26BDBAA79746E48FD8B8D46F1E9FC33"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B411CD08DC9841F480466D1FA91B5A98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0D0BB22F-1B63-40D7-A012-980ECBCDB638}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="B411CD08DC9841F480466D1FA91B5A985"/>
+            <w:pStyle w:val="B411CD08DC9841F480466D1FA91B5A983"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9E10C4741E46400E875932C7FBA0AADA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0A371CBA-F420-4937-B922-3B9F2DB6BAB5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="9E10C4741E46400E875932C7FBA0AADA5"/>
+            <w:pStyle w:val="9E10C4741E46400E875932C7FBA0AADA3"/>
           </w:pPr>
           <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="045BF8C676C642C0B639774FBD4FFC19"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8299D2F3-3530-4CAC-9F0D-4198CC839A92}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="045BF8C676C642C0B639774FBD4FFC195"/>
+            <w:pStyle w:val="045BF8C676C642C0B639774FBD4FFC193"/>
           </w:pPr>
           <w:r w:rsidRPr="00E102A4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="531BDF7118F349E88AD4EA9364EE90C0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{78AB149D-5B62-4A8D-ACF1-CCFB68E9931E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00F43AC8">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00F43AC8">
           <w:pPr>
             <w:pStyle w:val="531BDF7118F349E88AD4EA9364EE90C0"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EF211C52A132419F8CE10233F3FC4A96"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B55C0453-8AF5-416E-B2D4-D95E14642E64}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="EF211C52A132419F8CE10233F3FC4A965"/>
+            <w:pStyle w:val="EF211C52A132419F8CE10233F3FC4A963"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AD88910CDCF2423EB5BA862FC041D987"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DDD3AEC-BFA6-4782-A310-F337D3C205C5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AD88910CDCF2423EB5BA862FC041D9875"/>
+            <w:pStyle w:val="AD88910CDCF2423EB5BA862FC041D9873"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C0504E564E414854870EE477E2607740"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{21B3175C-EE36-45C1-9CEE-AFC716F684D1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="C0504E564E414854870EE477E26077405"/>
+            <w:pStyle w:val="C0504E564E414854870EE477E26077403"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="72FCA82D06634C3E9E11D38FA332AA79"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C316B0FA-D511-4D88-AE86-8B93A4F8DD36}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="72FCA82D06634C3E9E11D38FA332AA795"/>
-[...29 lines deleted...]
-            <w:pStyle w:val="D22F68D458D548F4ABAF0A01C557585D5"/>
+            <w:pStyle w:val="72FCA82D06634C3E9E11D38FA332AA793"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DC373C906C89414F8A60712CC1D70060"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74300A3D-142D-46F5-A312-F343C0B49E59}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="DC373C906C89414F8A60712CC1D700605"/>
-[...59 lines deleted...]
-            <w:pStyle w:val="967ACD91970D4C84844F818A7D400F495"/>
+            <w:pStyle w:val="DC373C906C89414F8A60712CC1D700603"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="78FD6F30064D49E9939545BAD62A507D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CC8B7BD4-1213-40B0-80C1-568297D19391}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="78FD6F30064D49E9939545BAD62A507D5"/>
+            <w:pStyle w:val="78FD6F30064D49E9939545BAD62A507D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1AB50A15F1434866BAD0709EAB874E0D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{431B0290-2243-49D4-BBC2-63FF22673539}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="1AB50A15F1434866BAD0709EAB874E0D5"/>
+            <w:pStyle w:val="1AB50A15F1434866BAD0709EAB874E0D3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>pick gas/diesel</w:t>
-          </w:r>
-[...28 lines deleted...]
-            <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4D048788132D43B88B6E638E4C5F3590"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0309DF5B-799F-41E8-9ACE-F6BAFB4ADCCA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00A86AEE" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="4D048788132D43B88B6E638E4C5F35905"/>
+            <w:pStyle w:val="4D048788132D43B88B6E638E4C5F35903"/>
           </w:pPr>
           <w:r w:rsidRPr="00065AE5">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C964CB68534642828B412950A66E15B4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CCFBE227-0FA7-405E-8ABC-64784284EA34}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="C964CB68534642828B412950A66E15B45"/>
+            <w:pStyle w:val="C964CB68534642828B412950A66E15B43"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Describe stratigraphy here.</w:t>
-          </w:r>
-[...85 lines deleted...]
-            <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B1A8B39E4F04D27940E022D962E3AA7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4D6D7672-3290-4DE0-987F-D569C7913A57}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="0B1A8B39E4F04D27940E022D962E3AA75"/>
-[...57 lines deleted...]
-            <w:pStyle w:val="C40A8AD25AAA4740A3C13529123EF4A95"/>
+            <w:pStyle w:val="0B1A8B39E4F04D27940E022D962E3AA73"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8AEBBA40AFDB4B1EA433497FE9681F1C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{96E4E77E-E977-4A14-B0B7-D774C8DA7813}"/>
       </w:docPartPr>
@@ -28870,291 +33701,201 @@
           <w:r w:rsidRPr="00A50537">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Enter any content that you want to repeat, including other content controls. You can also insert this control around table rows in order to repeat parts of a table.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8DE1049A7E7E4A80A1BBBB8E8B790323"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{94A0AEC2-7650-48B3-8668-6929C5ABFE5B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="8DE1049A7E7E4A80A1BBBB8E8B7903235"/>
+            <w:pStyle w:val="8DE1049A7E7E4A80A1BBBB8E8B7903233"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
-            <w:t>No (or click for choices)</w:t>
-[...29 lines deleted...]
-            <w:t xml:space="preserve">      </w:t>
+            <w:t>Projectile point types</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="94F29A36419740DFA74B810ACDF99D3E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2F6FB1B5-6735-46D6-813B-F9B5C217EC99}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="94F29A36419740DFA74B810ACDF99D3E5"/>
+            <w:pStyle w:val="94F29A36419740DFA74B810ACDF99D3E3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2B69D7F1ED624DA9B6B23621AEF73662"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9A18DF82-65CB-4EB2-A9BA-9007845CB962}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="2B69D7F1ED624DA9B6B23621AEF736625"/>
+            <w:pStyle w:val="2B69D7F1ED624DA9B6B23621AEF736623"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
-            <w:t>No (or click for choices)</w:t>
-[...29 lines deleted...]
-            <w:t xml:space="preserve">      </w:t>
+            <w:t>Ceramics types</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="74F640E98F824DF18DF2927E611075A5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BB45D447-F861-43E3-BBB4-E8EDA0DA9C83}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="74F640E98F824DF18DF2927E611075A55"/>
+            <w:pStyle w:val="74F640E98F824DF18DF2927E611075A53"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA39414977CB45818084F9A07F702DB9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FA416C1A-4474-42CF-9F09-460319E73720}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="AA39414977CB45818084F9A07F702DB95"/>
+            <w:pStyle w:val="AA39414977CB45818084F9A07F702DB93"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
-            <w:t>No (or click for choices)</w:t>
-[...29 lines deleted...]
-            <w:t xml:space="preserve">      </w:t>
+            <w:t>Other artifact types</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6097EAC6450D4345BBC31580A6F7D0D9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B8B13C61-BBC8-4F48-8F0E-AD64AA2C9B9B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="6097EAC6450D4345BBC31580A6F7D0D95"/>
+            <w:pStyle w:val="6097EAC6450D4345BBC31580A6F7D0D93"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E072FCEE385544F68492E3A4D19DDD1C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E75994B4-5975-4E58-81D1-1AD61378DE14}"/>
       </w:docPartPr>
@@ -29166,109 +33907,9956 @@
           <w:r w:rsidRPr="00A50537">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Enter any content that you want to repeat, including other content controls. You can also insert this control around table rows in order to repeat parts of a table.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BA6ACEFE31DF4CF9BE6E64637888502C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{332444A2-34B2-497C-9893-ACD7163EE4A4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A77CBA" w:rsidP="00A77CBA">
+        <w:p w:rsidR="00CF5EA7" w:rsidRDefault="00A36186" w:rsidP="00A36186">
           <w:pPr>
-            <w:pStyle w:val="BA6ACEFE31DF4CF9BE6E64637888502C5"/>
+            <w:pStyle w:val="BA6ACEFE31DF4CF9BE6E64637888502C3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A50537">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DABD736101B54659867A9537B4AE7D53"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{33CA2066-DEC0-4FD1-8EC2-A6D422D53D89}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DABD736101B54659867A9537B4AE7D53"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A06C16B698A74BD4BF2B780CF8F1863F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5E0BF83B-B0BE-4A7E-A0EB-FEB83D8FF8BA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A06C16B698A74BD4BF2B780CF8F1863F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8189C39D6DAE4316B78E62C4FF566F00"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D529BC01-1D1F-4698-832C-465641C3B18C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8189C39D6DAE4316B78E62C4FF566F00"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35AF6B8D294F4D69985EE972BD62318E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54491C7A-7612-4C2E-86AB-DC1B4F53CAF5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="35AF6B8D294F4D69985EE972BD62318E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5116ECC921F24A69BE5A512E1F3F1F7B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{29F37597-D3A8-4A7D-AEEB-4356845BBAAF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5116ECC921F24A69BE5A512E1F3F1F7B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="744363F80CEE4FE39F73B538EFB0F2FD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{81373718-DDB6-469E-A9E2-DFB469F4CE4A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="744363F80CEE4FE39F73B538EFB0F2FD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D9E124D252F048BEA2D2F3E8D86CFE76"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{648DDC1A-F208-4B6F-853E-551E78F9C5AF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D9E124D252F048BEA2D2F3E8D86CFE76"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E1106C6510F242E0B8C950E38BBA9822"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9693A549-A88F-44E0-8BA0-9ED06B70B839}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E1106C6510F242E0B8C950E38BBA9822"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3450096341CC491D848C1EAC4C22C9C8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7ACBD4B2-28A7-4F65-9ED7-655848E81CDA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3450096341CC491D848C1EAC4C22C9C8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C010850195F647A1AA85378640DEB787"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AB064FA1-B095-48E8-AC4E-A9763704E057}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C010850195F647A1AA85378640DEB787"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4B0DF702900546ED892239EA529CE59B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8096F90D-75D4-445F-9FD0-444418A40F3F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4B0DF702900546ED892239EA529CE59B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7D8CF71069274DE2888D4943214BEEB1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{49DB8797-481D-4616-A1A2-55AFF0B1EFAB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7D8CF71069274DE2888D4943214BEEB1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FDF961277405497A8EA5358655D95D2D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3CEE4D8B-CABF-4EF5-BDCC-D345B8D484DB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FDF961277405497A8EA5358655D95D2D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="026C0CFEEF9E40A2A75095600CF1183A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FC2D4596-27FF-46F7-9DCA-333FB19926B7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="026C0CFEEF9E40A2A75095600CF1183A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0627E11C93A849019ACCC537E3D2146E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C0275B60-EEFE-460E-A76A-863D5B2D12C1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0627E11C93A849019ACCC537E3D2146E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="72425DD910E8449C92BF9D58FF40DE24"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4811BE98-DA18-4153-AA42-6EE7BA3A9B08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="72425DD910E8449C92BF9D58FF40DE24"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3405E9414635457ABA218F83BA1DF8E8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FF266B81-BF09-4EDE-8C9A-825581147DBF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3405E9414635457ABA218F83BA1DF8E8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C60D218572454067A1487CF63EE5850F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4274548F-9202-443D-A397-0F8132C014D9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C60D218572454067A1487CF63EE5850F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="941CC890999549C2AB078A71D1D98CE1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C5D3D6ED-2B2D-4A32-BF47-6853E450B9B3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="941CC890999549C2AB078A71D1D98CE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F34F35C462EB42D690362324626FA369"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BEBDEFAB-8565-4953-A9CE-93F7A3E33AF8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F34F35C462EB42D690362324626FA369"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9E32551B1E7A40D1AF2D8D579AFDD14F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B6CD6674-2FDF-4FB1-9056-36C35781FC50}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9E32551B1E7A40D1AF2D8D579AFDD14F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="722D62C51AEE4CB08FA74F43CB084A1F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{43277CF6-2C51-4CE0-9985-734B4BF6B13F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="722D62C51AEE4CB08FA74F43CB084A1F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="97DB588871064D4E91AA95821F467445"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F03F8E3D-0AE6-4F25-880F-55F0B48D2EF4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="97DB588871064D4E91AA95821F467445"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E5286F75B8844FBA72287C469E67773"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E8321B7-7C59-43C7-B8E8-F87228F4E71E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4E5286F75B8844FBA72287C469E67773"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3A40470D3D974E9E8407671E08BC3A19"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9CFE455D-823A-403E-86D8-048436032634}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3A40470D3D974E9E8407671E08BC3A19"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4782EDD28DE64941BFE9C0AD735F9972"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{96D22BA7-7B63-428D-8BEA-A980089E97E4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4782EDD28DE64941BFE9C0AD735F9972"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="78D9748A02D4401F9C0C4959A97D221F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B88BEB3-3D7D-46DF-85F1-21CA3F4A8036}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="78D9748A02D4401F9C0C4959A97D221F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB0B18A790E245AF956D06E29C1D5C11"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{30980F08-8C60-4539-8934-D9E666C113E8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FB0B18A790E245AF956D06E29C1D5C11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7F4319A96B17452BA79B51287C10E603"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{41C2818C-E60B-459F-A284-2467A88A9C00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7F4319A96B17452BA79B51287C10E603"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9ABA9012AD554017BF9580E96E22AF72"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E4E512A-FF2C-4885-9203-72C0037BA546}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9ABA9012AD554017BF9580E96E22AF72"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="91DB65D38D4C4D68A187B5E906ECA232"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{14F69CC1-6AE5-469E-AA92-61206C1C6078}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="91DB65D38D4C4D68A187B5E906ECA232"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C28353CFBBEB49AEA7DF6F6A1DD900D4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0BC71EFF-57F9-418B-9EEB-5FB5430B129E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C28353CFBBEB49AEA7DF6F6A1DD900D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2C6A5C5877DC4832997F6AB2871699DB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8C7E0411-0CAD-4E47-8E6A-5200856026DC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2C6A5C5877DC4832997F6AB2871699DB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="469C5FA6C9584ED1A8101152BCABD8F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B360FDB3-8139-4617-BCDB-11FBBA1CA869}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="469C5FA6C9584ED1A8101152BCABD8F8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5E87D697D58A4011861B48DA9382F403"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{59520CCD-D5ED-4236-926D-0B4AC14843E7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5E87D697D58A4011861B48DA9382F403"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B8ADD1DF26FC47E49A5B15976729D23C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{27FE4C25-D4BB-4D6B-9D23-A1993E3B81DC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B8ADD1DF26FC47E49A5B15976729D23C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E44F02FF7AD24EC1905CD86E5CA3D4AD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{809C3A50-817D-4B68-98C4-14DBC252FD4D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E44F02FF7AD24EC1905CD86E5CA3D4AD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4C92EF6BA97F4EC99ACB1F46908BF3EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B01592D4-CC55-4B17-9C72-112FB91DB7D8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4C92EF6BA97F4EC99ACB1F46908BF3EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C88BA82D86E14B68A74E1E1E60E088F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E622A07B-8FF9-4078-B2C0-651338ECDE11}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C88BA82D86E14B68A74E1E1E60E088F8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="027CE8F3F0DA4893AC6F53DB33D5A020"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5B49E169-D0E2-42AA-A333-60354F981E63}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="027CE8F3F0DA4893AC6F53DB33D5A020"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="54FA601E73CE47C7A60FC2CF91681C78"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E314039D-0327-44BD-B71F-54C95F7E7407}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="54FA601E73CE47C7A60FC2CF91681C78"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3417B1E44CFF4D958F49A5F8554060DE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{808B9728-B76D-4C77-B983-D382A4B12A90}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3417B1E44CFF4D958F49A5F8554060DE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C0A257B575C4471399974A07E5E0C0BB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{40AE057F-8C1F-48B3-9A23-4BC40F3D97C1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C0A257B575C4471399974A07E5E0C0BB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0EEED506BF20405BA6B81A0C79CF847B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DBE5D181-4B40-4075-B72D-56EB46AC087B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0EEED506BF20405BA6B81A0C79CF847B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F7FE7BFAF4ED4617BB8219F357368C24"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{99F7E848-EF03-4CD3-BBA5-B50CDB808782}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F7FE7BFAF4ED4617BB8219F357368C24"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DC8A4829E8594CC98BE55F8FF54461B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{110FA749-90A8-4624-91AE-6CF01A8DCE10}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DC8A4829E8594CC98BE55F8FF54461B8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6DA203A852B642CEB33A3E77059E56EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F11A5759-0407-4E53-853E-3866DFB82D92}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6DA203A852B642CEB33A3E77059E56EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ED8C9A1698DE4456B0138BD000812204"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC047092-4975-4BE5-B605-E5DA423F1912}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="ED8C9A1698DE4456B0138BD000812204"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DA53BBC8FE5A444BB0D414AC74F1127D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{56B64494-1865-4CB4-BFAD-7069FC6A207D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DA53BBC8FE5A444BB0D414AC74F1127D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F2F550BA80674C91BCC44FB9FA88DD73"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D3D399D2-81F7-437E-A879-47C7C9D25E39}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F2F550BA80674C91BCC44FB9FA88DD73"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D48F68935357422EA5909D454580CB29"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5A2742E7-E4FB-417B-92F8-59E820C2C091}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D48F68935357422EA5909D454580CB29"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3123FB06D94A49C3A9EAB0979343FF31"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FFAD432A-30D3-456C-8A6C-2A7E866B485C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3123FB06D94A49C3A9EAB0979343FF31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="84C9B1AC9D4E4F1288BA7823F565E390"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8EC2AA77-BB53-47EB-87BA-544D0E646580}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="84C9B1AC9D4E4F1288BA7823F565E390"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E0C30381E1CD406CB8BDDDC90C4865E2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4AA82A96-0027-4127-B559-D6A4318B4A44}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E0C30381E1CD406CB8BDDDC90C4865E2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EAACB7C2A364460E911F51CB18FBFC17"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BF8851B5-2F9E-4950-AE15-8BFFE44A8940}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EAACB7C2A364460E911F51CB18FBFC17"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F7AB64458C4A401985C05BEEC9E9FEC7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BD0764D4-329F-4F9F-915C-F2BCA5CFE051}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F7AB64458C4A401985C05BEEC9E9FEC7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CF9E27B7EF22496AB7150B7B2158D556"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F21F4D3-2739-4A80-8224-BCB126E6AF1A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="CF9E27B7EF22496AB7150B7B2158D556"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5DB9657845E34FBDBFA8A4CC5941721C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{577E911A-BB9F-4DDA-9FF2-5A1C4AB93FA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5DB9657845E34FBDBFA8A4CC5941721C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="94BB138ADA6C4414A6AA22A842A3C1D3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C656A2F6-0B27-47BF-93B3-D2298CF7B2A1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="94BB138ADA6C4414A6AA22A842A3C1D3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1C730E1E1FEE4019A50405AB8E3371E4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9B3BE4BC-62BD-48E8-AAF0-2E56AE79FBBF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="1C730E1E1FEE4019A50405AB8E3371E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ED5CA52EC2AE492FAF166FD57EE322D2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F9A760E6-C2F1-4951-8DE4-E3C5062D5853}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="ED5CA52EC2AE492FAF166FD57EE322D2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4BDDB1FB3DBA40E18D05EBA0C876C389"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8A1F0F31-0046-4870-B8CB-2BFD13039738}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4BDDB1FB3DBA40E18D05EBA0C876C389"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3DDAA9FAEAF439391CD7A8D5BA7DDFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{05F2685A-8FD5-447F-8B1A-68D75F6AB1BB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F3DDAA9FAEAF439391CD7A8D5BA7DDFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE12CD4580B949C88A732CDABA977000"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{017477EA-4F09-41EF-8BDA-10147BCBD645}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FE12CD4580B949C88A732CDABA977000"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A4BE67C6D6E1423780D13DDA7358DFF7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6276144E-1DDF-4BBB-B751-27D66D0B470E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A4BE67C6D6E1423780D13DDA7358DFF7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0746EACC49F3434C923272EB52953783"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FB1ECDC1-4D2A-4EA0-922C-DE36034C9C02}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0746EACC49F3434C923272EB52953783"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AB9EDE811AEC48D6893B43508D188AB6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B13B760C-BF25-4305-97BB-C9AD3E1073C6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="AB9EDE811AEC48D6893B43508D188AB6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B96EFFD3E014670A235770A1A1A0B46"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3691B562-1679-453F-8007-38177B164AB1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3B96EFFD3E014670A235770A1A1A0B46"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FB17DBA34874DFC8B18CADE382774B7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EAB74285-B8D2-4CF4-801C-D21657228D62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4FB17DBA34874DFC8B18CADE382774B7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B178589E870342EDB4659A6AC2165F0B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CE466B22-8BE3-4DA4-AF7D-B232A3572A3D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B178589E870342EDB4659A6AC2165F0B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="280D706C99C74BE594966E685E144EE2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7CE263E3-BA99-4CE1-B091-184451EF7A93}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="280D706C99C74BE594966E685E144EE2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="63EC838BD2084F9C92098B25719D25E8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{14D3C21C-5195-4AFC-8599-5BF66F6E5301}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="63EC838BD2084F9C92098B25719D25E8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D2AAFE533C8C47CDA58D2725E6E48E29"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D3E5219-3D8C-4B24-8924-650C6A40AD66}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D2AAFE533C8C47CDA58D2725E6E48E29"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="51BB055DF8194EB78699E74062640E1E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC5EEFBA-BAC8-48D9-8B9F-5160CD37CE66}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="51BB055DF8194EB78699E74062640E1E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE0A304AD7B54542BA915C6593468C00"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CDA270D9-35D8-4C76-9865-73195245A54B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FE0A304AD7B54542BA915C6593468C00"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8C61E281B9740C796A517ABFCA33A49"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{747CD9C0-FE21-4823-9797-4624B1C9A4AE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F8C61E281B9740C796A517ABFCA33A49"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A0B0D49D83EF47A8AC2C06180C62BB8A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{97D6E448-DA9D-4C9E-AA16-2A58FBAE9CC9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A0B0D49D83EF47A8AC2C06180C62BB8A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8805120C7ED4F77AD01D53AB5EF28D1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{09FF35CF-AD84-41D4-A2DB-9DA68FB54929}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F8805120C7ED4F77AD01D53AB5EF28D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EA4726DC0A19432583A1BD865BEA53DB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2262041F-465F-4EEC-A789-F1A1047A35E7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EA4726DC0A19432583A1BD865BEA53DB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="36262FCF9947468BB5DFD31AFA7514D4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E3B2CFE-C8C9-4920-BCC0-C21EDA0EF977}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="36262FCF9947468BB5DFD31AFA7514D4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EC6A5F534C3A4A1EAD36FDF03FD83269"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{21F75EA0-763B-49F8-8858-EAE369C4DFEA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EC6A5F534C3A4A1EAD36FDF03FD83269"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A44900E5E10E4E11B15F9AE0807D1198"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{53F67579-E9F5-48C0-B04C-E2EA75E45E84}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A44900E5E10E4E11B15F9AE0807D1198"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C02DA03FF2084BE2B86C6C306F515AD4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9D47A45B-950F-40AC-A23C-63B8705A0850}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C02DA03FF2084BE2B86C6C306F515AD4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2060C63E27CF4038B913C9E668C1BB79"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E0DDEB9-C57E-4350-90F9-C67451B09D00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2060C63E27CF4038B913C9E668C1BB79"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-            </w:rPr>
-            <w:t>Describe artifacts here.</w:t>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="912E828EA183475B9D1584A9C8DAE85E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6D5BD412-1247-45ED-86CD-3EFCFB632277}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="912E828EA183475B9D1584A9C8DAE85E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="46E9FB0473EC413AAC9302302416BA27"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F66A6929-F9F1-4542-A169-B3E4B9E2CB44}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="46E9FB0473EC413AAC9302302416BA27"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="58E749E1DCED4107A340C7D64505A52A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C8BB0943-D1CA-4DED-AD68-0384F9E32975}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="58E749E1DCED4107A340C7D64505A52A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="476C151BD2FC445786B897201426E676"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{75E31C22-EBC6-411E-9CBD-F73B04DA1619}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="476C151BD2FC445786B897201426E676"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A37B269D33A54A769FAED8043DF88931"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3D6F590D-0216-4941-9D22-5CD4E5D2D54B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A37B269D33A54A769FAED8043DF88931"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F124847B34D049E388F2EC4F6C4B6DEB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D658442F-88FE-426B-9E4A-7AEF5059032C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F124847B34D049E388F2EC4F6C4B6DEB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="84D3A72C74F141B28AA91C1428C7A403"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{30447999-B79E-4484-BA3A-7A599D61840C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="84D3A72C74F141B28AA91C1428C7A403"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FD0C7E276074392B33D3192A7ECB950"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC9F389A-AB6D-4EB8-B42D-8F5A72E3BEA5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4FD0C7E276074392B33D3192A7ECB950"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BE091553BE114B88874A1AD779704810"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{998746FD-8F93-40A6-8A80-B7C1B9051BE7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="BE091553BE114B88874A1AD779704810"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A3CF23E65F2435A98E56E24A67BEFA9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{48E846D5-90E4-4643-86B7-164AA745A005}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9A3CF23E65F2435A98E56E24A67BEFA9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8EEF78CC21C345649D61A2BE403F8A4C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{46CB4E8E-C493-4E34-AE93-7BCBE9571779}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8EEF78CC21C345649D61A2BE403F8A4C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="842F06E890B3429A8D38E7C52C8D982B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F0C07FC-5171-48ED-B091-CE8DB16AAF23}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="842F06E890B3429A8D38E7C52C8D982B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A1F5563820A4E99B7B5C308E5BA5E94"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{34D16B6E-9EB4-4659-B03F-8F7572778D06}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7A1F5563820A4E99B7B5C308E5BA5E94"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A34A21A748124400AE08D7CDBDA27B94"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CF7C7C71-51BE-4907-9ACB-989B77BE1205}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A34A21A748124400AE08D7CDBDA27B94"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E6282B6B7835428FB021CC02FEE087C6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D08AA5B-496E-4B10-82C7-D651D376A230}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E6282B6B7835428FB021CC02FEE087C6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FB1FD3CA0C449759D121C1155128E7D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7F7C0115-2265-4C75-8422-9C4D5839021A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4FB1FD3CA0C449759D121C1155128E7D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E219EF5F26F84978B03EFA3CFB99B1FF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{128FE3EB-D14B-411D-8E92-851DD88B5B40}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E219EF5F26F84978B03EFA3CFB99B1FF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D322C15D1D3A4A3DB0AC530D9D07C8DD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B55A98C5-D566-4BFB-8527-1A1271C4926A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D322C15D1D3A4A3DB0AC530D9D07C8DD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="16C8787D3AC641E6A55B161E0EAD7CAC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{755874FA-0E6A-4EA0-B70B-A5D091A53FB9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="16C8787D3AC641E6A55B161E0EAD7CAC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="857EDEDCE0144922B559F6C0AF1947B3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{68F1741D-CB87-4D28-B6F0-00E38E252E38}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="857EDEDCE0144922B559F6C0AF1947B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0D6A3EE64C124B7B9EEE7DD0D805CFB1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC9B4310-2A34-4899-A2A1-27A29C2C36C9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0D6A3EE64C124B7B9EEE7DD0D805CFB1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0D840CFCD6524033850AEE8AF2A5AA69"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{498E6723-F7A2-48F9-9084-F9D97FBFF060}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0D840CFCD6524033850AEE8AF2A5AA69"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="34579401DC154A36BBCD6D2855C38102"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2E708594-8419-437B-9520-1C3D48DEDFD7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="34579401DC154A36BBCD6D2855C38102"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="42DC0062E3A84CC8B411A3D69E09C515"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{446DDBB6-E1D4-4308-8672-DE81EEC1C3FD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="42DC0062E3A84CC8B411A3D69E09C515"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="322CD85DC4DF42098D67685899DEB1A1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EFBF92D4-2945-4271-9C24-A00EF6A5D6F6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="322CD85DC4DF42098D67685899DEB1A1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E869D3A7FBD443EC8E6FAC4D89F8D624"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CADD5408-B93E-40FA-9EDF-FBA05E4FA904}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E869D3A7FBD443EC8E6FAC4D89F8D624"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6ADCF377B54446779380BF29D331D1AD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3A949454-8909-4ECD-A29D-078EC5AEEBB0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6ADCF377B54446779380BF29D331D1AD"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6EAEDF77E9A14C3CAB190B68147D91E6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7462B7E6-0777-4192-8381-0A4E34AC2085}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6EAEDF77E9A14C3CAB190B68147D91E6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3431FC13FA37438C8FED5F12C99AC39B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0C906366-33FF-48C9-B7F2-6C1AD297A5DD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3431FC13FA37438C8FED5F12C99AC39B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B753BDDB9DF148A5A0900DCF23636440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3ED92657-2206-4321-A1A0-12C573AC9BF7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B753BDDB9DF148A5A0900DCF23636440"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="99EAB0BDAC084AA2AAE3FF659F758452"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E2F4716D-C2A1-48F7-96EB-7600A200C12D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="99EAB0BDAC084AA2AAE3FF659F758452"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB02EB965C8B4A00BAC6F9739269398D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BA51BA24-3354-494F-981C-35B93F3DE04D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FB02EB965C8B4A00BAC6F9739269398D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="666A8B1A469B4C8A8235D83345842422"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12B6DF7F-A946-49B9-8835-3C856A8CAD5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="666A8B1A469B4C8A8235D83345842422"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="18D2712014F340E78E3F328873549BD3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2F15995B-DA58-4872-B882-C99B9B7A9512}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="18D2712014F340E78E3F328873549BD3"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="86DE9B05EAF44324B072B2AD1D746DA1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D5ABE96-8ECF-4FF4-8037-400B1621E62B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="86DE9B05EAF44324B072B2AD1D746DA1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C0037BAFE7374460A8F1C66238746214"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0CFC47BE-153A-4CAC-807A-F822F0C2EC70}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C0037BAFE7374460A8F1C66238746214"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7F7DD24F837444BF8B90E4F31C21FFF3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5AEDDF86-D656-4F5C-80B9-CF07903C3834}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7F7DD24F837444BF8B90E4F31C21FFF3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8A6244896F484E1FADBDD807ECA5DC31"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ABD4AD78-E332-4CE8-94E2-4451E252A8EB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8A6244896F484E1FADBDD807ECA5DC31"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="02D6853809DA41089AC887CECFEB2262"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{65B8341D-16B7-4A4B-9252-68BFE638981B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="02D6853809DA41089AC887CECFEB2262"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D12569B41C9F412DA943E5C26CBFF6AE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{901880A8-1441-4D82-B9B4-778D64DF805D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D12569B41C9F412DA943E5C26CBFF6AE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5EF889854CE0471EBB9521D5F4AF3FD9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{01AD402C-8A3B-4942-B8C1-4CE536F60B27}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5EF889854CE0471EBB9521D5F4AF3FD9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="48A51B8802C349C391F1E3E661E380B9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{284ADE05-F043-4CE9-B00B-AC5F9DD2E4D3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="48A51B8802C349C391F1E3E661E380B9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A8740683E7114BC9B63E6CB7BB98EBC3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A62CF23F-1F81-492B-8BEC-FBB7E03CB8FE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A8740683E7114BC9B63E6CB7BB98EBC3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E61EC09826AD41CFA46BB542D0EA705C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{88D95016-8C84-400B-A6A4-93FDE2A54608}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E61EC09826AD41CFA46BB542D0EA705C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="34EC397D651D4CD4A52EFD1CF1B4C9B9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BAE370B2-115D-4269-9B06-0F6C6E8A9F69}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="34EC397D651D4CD4A52EFD1CF1B4C9B9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E262608EF3B44F5AF1CE59686BFB748"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E36FD73D-68E8-43C2-B587-EC00D18DE9A3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4E262608EF3B44F5AF1CE59686BFB748"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B389DCC5D4214B6E8FCEC4432806A219"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F79AB47F-A60B-44B4-A360-F1DBA7BAD281}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B389DCC5D4214B6E8FCEC4432806A219"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A2B3D82D202C4BD793E2468C26DBF557"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{244675E7-4E4A-4026-BA60-6F7A28EF5EEF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A2B3D82D202C4BD793E2468C26DBF557"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F45A0AB7A2D545058917702E1C7A9F49"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9F59247E-8751-4FA7-BAE2-0C9A74B8B1E1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F45A0AB7A2D545058917702E1C7A9F49"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D6CBD15BBD794A908A13ED7810BB5B35"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D46A6534-E863-4956-B9DD-5C9E7659E67F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D6CBD15BBD794A908A13ED7810BB5B35"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D84BB40FDD904F4F977098CFFB391476"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F87D94F7-D143-4450-A05B-8A2F31B3117F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D84BB40FDD904F4F977098CFFB391476"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="257FFE14155C4CA6B14978D1B09821BD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DC94A64E-DA68-4362-84B1-51477E44DA08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="257FFE14155C4CA6B14978D1B09821BD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4C6F89B24C014DF9BB80CCC2C6D7A861"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{412CA0C3-1443-497C-9A99-8C278F33F8A6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4C6F89B24C014DF9BB80CCC2C6D7A861"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="78481FC03AE5469C81DC15B2BF6DAC9A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BF79D452-8773-4A58-A04A-DA9148CFF550}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="78481FC03AE5469C81DC15B2BF6DAC9A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="76C263C6DEAC47559E5C4CB330ACF633"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4799D14E-718C-4FA4-85D4-B9C2A6E4628D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="76C263C6DEAC47559E5C4CB330ACF633"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4CA198ACD1E84455923840056F5E6A2C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4F6128C8-FEB5-4F2C-BB8F-C9D1B24F037E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4CA198ACD1E84455923840056F5E6A2C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="445A80D2891F4C079993B928C8E80795"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A57C0E50-DB1C-4EED-B737-66F2C0E9D7BF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="445A80D2891F4C079993B928C8E80795"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B6EF68F194F2429FB30B362DE1B26474"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5CA92162-B0A6-4AF1-9815-64CB31FAA965}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B6EF68F194F2429FB30B362DE1B26474"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BC841CBEAAF4442294990EB66DDCE3DF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FF7C957C-711E-4B70-95D8-7A73372B938A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="BC841CBEAAF4442294990EB66DDCE3DF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F800D41BCCA34FE5A82A9F0F11D450AE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60B55267-8E16-422B-B6AE-7F95A64A93B6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F800D41BCCA34FE5A82A9F0F11D450AE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="12C6D07DC35E40999AB095C7B716855A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{96558E16-3457-4681-B71A-A232F338A3D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="12C6D07DC35E40999AB095C7B716855A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6F4DE9E4CDEC49EA8C7D15446AFFC4DA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{67D619BC-22DF-4D06-A126-53830FFC65AF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6F4DE9E4CDEC49EA8C7D15446AFFC4DA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DEC1D388F0474EB7A78A2FB94C9AF259"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{719FE759-2033-4105-AF7A-B1A6A118F441}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DEC1D388F0474EB7A78A2FB94C9AF259"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1F281AD960DA41B5A22154FB22D98FC6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9BBA3257-B424-4776-950E-5DBD6F286DDC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="1F281AD960DA41B5A22154FB22D98FC6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7CA44D26A336481C9C72CCD9CEEC067D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6CF538B7-FF10-4135-A6DB-8CC650226420}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7CA44D26A336481C9C72CCD9CEEC067D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EC94E066951B4197BA31ADC99952A51C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1B78D27B-4562-4592-ACF8-6B9C1AB4A898}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EC94E066951B4197BA31ADC99952A51C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F9FDD590EAB54090975E728D69230E4F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{52D4AAE9-BC84-4EA4-A18B-8A3E11A1FBE9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F9FDD590EAB54090975E728D69230E4F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0B061578628449CF868BD2042ECF0D3F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{208FFCCC-8CE9-413A-A6D6-BC9EB378907D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0B061578628449CF868BD2042ECF0D3F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7937E52012ED45A1BD8F32FEDB2F18A8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AE731F46-B5D6-4BCC-8409-AB3923E83337}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7937E52012ED45A1BD8F32FEDB2F18A8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="573FADA805934D3A9EEEB19997988129"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7873CF15-F1FA-4608-8946-4FC3E3346278}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="573FADA805934D3A9EEEB19997988129"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A411D0EFFCA7467393B06E87A94B7C05"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E07F5FC2-1091-455A-A57D-605B2A681846}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A411D0EFFCA7467393B06E87A94B7C05"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AC98881DA4AD48F096A93C018A70C9D8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{46811B2C-42D3-4C1B-88DE-9C6684259296}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="AC98881DA4AD48F096A93C018A70C9D8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="943FEC4384ED4952A4B246814B2FB941"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0BB4086F-DBC7-4B45-A9ED-78E73663C88D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="943FEC4384ED4952A4B246814B2FB941"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3CBBD214D01F4786B381B2A349DAC469"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F03DF832-1D60-4B48-8A6B-165CA5F58239}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3CBBD214D01F4786B381B2A349DAC469"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0900AC4933164374A13660390573585E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CA453E38-6097-4EE7-8848-5BC7DE895351}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0900AC4933164374A13660390573585E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EB5841906A2949639E73DE32E69367D1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C783F6B7-D177-4380-8DE6-18634A4D589C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EB5841906A2949639E73DE32E69367D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0C2CD427D03F4AC09BFDC68D4FC52575"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FA258D31-15B7-4DF2-A933-FB19C432E185}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0C2CD427D03F4AC09BFDC68D4FC52575"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9F3775E6D87E4F1DA0F92B5556A6432A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{230F95FE-442C-40B2-BFBE-1ED67888233A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9F3775E6D87E4F1DA0F92B5556A6432A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9CB0DC570B40411C802C0645DD28CFD5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7DF7A132-F59F-4BE9-B29C-DD193D3BAB0B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9CB0DC570B40411C802C0645DD28CFD5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BAB2DD5B282E453BA7D2A5E291900B7A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D976648D-CC17-448B-80DC-FF0815931349}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="BAB2DD5B282E453BA7D2A5E291900B7A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6CD62D2862274225A6C6267A45869D65"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{46BCA68A-1607-4A3B-BAFF-26466E6566EB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6CD62D2862274225A6C6267A45869D65"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5EBD73C5FF0B42018C7EEEDC911C85F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{229DC376-3348-47D5-A6A3-863DF30B7AAD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5EBD73C5FF0B42018C7EEEDC911C85F8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5F71FA66D80A448792E9C27E6C15C985"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6A14D554-D223-4CD7-A6E9-8CBB7C993D4F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5F71FA66D80A448792E9C27E6C15C985"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8BA0E2E6B71C4C9DA298310DAFE1447C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C7A24E3A-F18F-4AED-93C2-4083ECABEF8E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8BA0E2E6B71C4C9DA298310DAFE1447C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="125ECD71F87646BFA431DDBFB95AAA64"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CC05325-73A6-4300-9BE8-D1728F3B9F93}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="125ECD71F87646BFA431DDBFB95AAA64"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3335E80A8A5347F99C74B7476642355F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F4D0D66F-1918-484C-9ED5-9B113A523B62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3335E80A8A5347F99C74B7476642355F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F1F0295BB0A84892B77334F83E6C62B0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{839D7CE5-885C-4562-9F34-98B43AF08DE3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F1F0295BB0A84892B77334F83E6C62B0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DB7E029EC6144E338EC93BFA2D7B965F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{500DEF85-D1C0-42FB-BB92-2949E4D6BE7F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DB7E029EC6144E338EC93BFA2D7B965F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EFEE9A9C550D42AA94FD6F941E061DEC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9F1B9643-D949-4359-A528-F08F4B95ECBE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EFEE9A9C550D42AA94FD6F941E061DEC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1EAB047438A94CC5AAAB18B2DDDFF4E7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{87D0A05B-894A-4D79-B825-3205135A4387}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="1EAB047438A94CC5AAAB18B2DDDFF4E7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="86D5D52D2C604AA39524AEF0B042408D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CD57EA85-C672-490C-AC2E-C82A181CC0EB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="86D5D52D2C604AA39524AEF0B042408D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8109A5376F20458C92837DD8C42726F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E783C5F-F7D9-4FE3-A813-F640AD6653BA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8109A5376F20458C92837DD8C42726F2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4F741B07CB1A42A794A9574B8D52E9FA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{74920153-B845-4FF6-A2B4-69879BC0E087}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4F741B07CB1A42A794A9574B8D52E9FA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5FB7DD90565746469F73D90BA7BE2030"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3ACCFDC0-A780-47E2-A47D-FD4BB067D3A7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5FB7DD90565746469F73D90BA7BE2030"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A646EA26009D4A0FAB983D982E794144"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{21AC70CA-22D1-4338-B9FC-FB6295ED9918}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A646EA26009D4A0FAB983D982E794144"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0625699574F34F9D87FDBE7C1578B4B0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DF3335F5-6991-4509-8A06-85225FFF90D4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0625699574F34F9D87FDBE7C1578B4B0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AE0A6F32089D4CCAA50CE2031A9D6407"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6F817EEF-C380-4008-8552-58ACBBB2A63F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="AE0A6F32089D4CCAA50CE2031A9D6407"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="290BF14032E54A8E8E6CA3A5FFD0CB94"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2AE74BDF-49B2-4AEF-A1A0-D123B07AF793}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="290BF14032E54A8E8E6CA3A5FFD0CB94"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DEEACF9704594C73AA8CD4BE8A6219EF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{41E6E388-02ED-46E3-815D-C4BD21F98A12}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DEEACF9704594C73AA8CD4BE8A6219EF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="992C695B6EB849CC95067D258A7C5C3B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AEBC7578-A8B9-42D3-8CE5-3E23DC30EE83}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="992C695B6EB849CC95067D258A7C5C3B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="579BBC627D0E48D99C87539537A96FAF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C2F3EBD4-F91D-421A-8621-2E106970F8B3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="579BBC627D0E48D99C87539537A96FAF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="42D9B90E296B4F87865021B88875D172"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95DDA5B1-B77D-4109-8049-59E747A68438}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="42D9B90E296B4F87865021B88875D172"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A2A55F150FE4CFABA7992CB9BBCBE49"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D16F79C3-C182-42E9-A168-21E059365556}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7A2A55F150FE4CFABA7992CB9BBCBE49"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F6A0C51639114F7B86C700C7E552FCF4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CCD491D-4AE6-43EA-AABB-F41D9A747C0A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F6A0C51639114F7B86C700C7E552FCF4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="37E71321144E42F987CFACB97A002A06"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BBE923F8-D23F-4841-A623-2D8B9AF6A3F9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="37E71321144E42F987CFACB97A002A06"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5B5EA737823844B4A9B3672A7B237A77"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{68D66259-D29E-4392-93FF-792095BF6374}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5B5EA737823844B4A9B3672A7B237A77"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3405F3BCFF0472B9F1C111A5C39D3A2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5127E29E-D3B2-426C-80A5-E31DAC584AA1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F3405F3BCFF0472B9F1C111A5C39D3A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00A55B31E20646AC971633DE31C8C6B4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5804F087-77BD-48C1-A4DB-8DA7F8A86E40}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="00A55B31E20646AC971633DE31C8C6B4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4636EAF173C24478AF02E50DBCA64568"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD540CE3-9875-4F79-9E49-C4D3B2D652D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4636EAF173C24478AF02E50DBCA64568"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9A65F4EB39554CDE9661FDE7E6E2ABCF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B44D305A-7D37-4857-950E-ADBADDB4C2DE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9A65F4EB39554CDE9661FDE7E6E2ABCF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B2CAE671FB54BFBA903F102C176AFBD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C1FE3500-FA50-4F8A-85CF-BD00F426985D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8B2CAE671FB54BFBA903F102C176AFBD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6F4AA4852BF94C9F97C6CEEF267E3957"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2BF42138-34E0-4252-9B85-69BF1C7FD39E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6F4AA4852BF94C9F97C6CEEF267E3957"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B044D6CCBDBC4E97BA85974B72D24BE9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD05B5AC-0AFA-429A-9135-67B9B96778C5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B044D6CCBDBC4E97BA85974B72D24BE9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="59D4E79D42B74073B77A99FFB462B571"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{058782DE-216E-46E1-BCB2-60AA37E3D6AA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="59D4E79D42B74073B77A99FFB462B571"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6F6617A26E6745A1BFCBEB12726A3183"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9434EAF3-EE5C-4CF4-9859-3A9487686791}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6F6617A26E6745A1BFCBEB12726A3183"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0B512A0460654A3084B2FC57D2D7CADD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12E850B4-19CB-450D-940D-099A5FD99321}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0B512A0460654A3084B2FC57D2D7CADD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BB9EDE5F30DF43B7A97514646D3B4D6E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C4283723-9803-4117-ACA5-6D77226BF944}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="BB9EDE5F30DF43B7A97514646D3B4D6E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B0D9F1B785AD433AB4400DC6A442EADC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EFB2A9CB-9F74-4CAC-B030-CBF5290D5884}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B0D9F1B785AD433AB4400DC6A442EADC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35F31C303F5B412ABF3E690B08E250EA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{81B6CB46-8E67-4044-B55B-A0454C767952}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="35F31C303F5B412ABF3E690B08E250EA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2F85CD5058704E9E924D483E9EEF9644"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9D5B23E9-D3FE-4C38-9DD1-E3E044FD851C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2F85CD5058704E9E924D483E9EEF9644"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1FEFC4A7A44C431285270155754D3D4C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D785C2CA-5763-4A5D-8591-FA9785F1B7C8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="1FEFC4A7A44C431285270155754D3D4C"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FAEDF58646D14EF8AD9681EC319BE0B6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CB086F6-2574-40D3-88EF-8AA742ED25DD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FAEDF58646D14EF8AD9681EC319BE0B6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2158FD905F2642EF93BBE2D8AD722A0E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B84FB760-1487-47FA-B9FA-945503E920D5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2158FD905F2642EF93BBE2D8AD722A0E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BA96169015244411810EDA6E612ACEA1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9907306E-CA6B-4BEE-B93E-AE497858CCF2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="BA96169015244411810EDA6E612ACEA1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3DE23DCEB4F41BF8FC14A51CFC3C74B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DE09D78A-AED2-4CC2-9ACE-1542024D74B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F3DE23DCEB4F41BF8FC14A51CFC3C74B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="64C994886A4C4EB6BA6E72A163985D3A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{31018297-BA35-4183-BFFC-8D0B3D38DAD4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="64C994886A4C4EB6BA6E72A163985D3A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D643CAAA797846C8A64CD9C6A104052D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{22A2C2D5-52CF-4A33-8AED-02DF309570A3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D643CAAA797846C8A64CD9C6A104052D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AC5709F2AD4B4781BB50876726B7097F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E70B07B-39B7-4C5E-B9B8-1B89F3F27065}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="AC5709F2AD4B4781BB50876726B7097F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8CB116E4E60E43BF8592702135E44382"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C8726D88-C05B-43CE-9456-5150454B00A0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8CB116E4E60E43BF8592702135E44382"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="55C3BB39E47E48D9B19048C0AFE435F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5597B961-9E13-4C1E-8355-0BAD9E3CD97A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="55C3BB39E47E48D9B19048C0AFE435F2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5D40C4BE746840D98B629B6D11BF6CE1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E365650E-5C1D-44AF-A8DC-07C065633A73}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5D40C4BE746840D98B629B6D11BF6CE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EAAA06DEFC4F49A1867D45433BE7CBAA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E21F2598-E281-46F0-A160-1DD71D38BEDA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EAAA06DEFC4F49A1867D45433BE7CBAA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E353811015548BFB52608F9533C2135"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CE0B7764-0205-46F6-9CD7-4B88C50CA613}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="1E353811015548BFB52608F9533C2135"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C241F4DC44354E75A134C2804797A9B7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6C76CA21-5CAC-496A-B8F5-C54E5A1A2E7D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C241F4DC44354E75A134C2804797A9B7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E2118D870D0C4BD79593B2CEAF4260B3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B2DEF493-3502-49CB-828B-26949B8B7D30}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E2118D870D0C4BD79593B2CEAF4260B3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="517A2FDF26854D31BBEF6B43F68758A2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2E7235B0-994B-4683-9FB3-C53507550019}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="517A2FDF26854D31BBEF6B43F68758A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D39900EEBD7B4F9288F0A310AC8DB6C7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{86B9E80F-9E33-47AD-BEA6-108C3E3431A2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D39900EEBD7B4F9288F0A310AC8DB6C7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3346A28DA0614BF097DD5E6E179BF8F1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5EB37E70-942A-4852-803F-E7D193782666}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3346A28DA0614BF097DD5E6E179BF8F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E8DEA26889F54493A7D9747FB4C13291"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DC5364BF-70B4-4564-A90A-2732B093167F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E8DEA26889F54493A7D9747FB4C13291"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A57A386438E841E0A44809DBCC6B746E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6F5EB22B-D286-4F91-A505-2B6BE2F27E9F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A57A386438E841E0A44809DBCC6B746E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="56CFB67BD7454D04A22F68B439EFC711"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{026F8E47-50B6-4860-A63C-47038634EF9E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="56CFB67BD7454D04A22F68B439EFC711"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="40CE5403777C40DCBD54D49C6B6FB3B2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B61AC41C-29ED-469D-A50F-E1C72106EBA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="40CE5403777C40DCBD54D49C6B6FB3B2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="39C4D6D27F894E59A324DD8E7979E0ED"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{06C35777-1768-424E-93C1-EE72AD7FBCAE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="39C4D6D27F894E59A324DD8E7979E0ED"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C8C8BD0518D849038427FCA33EBABEE5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EC1F6EDD-F09A-4AC0-B6BE-C44261E944AA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C8C8BD0518D849038427FCA33EBABEE5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="03A2AEE5BD7D4EADA892C320CB36DEAE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D22CEE2E-E68F-4B7D-82DD-6697EC1AC216}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="03A2AEE5BD7D4EADA892C320CB36DEAE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="07F8723A709143D4A920239921C5F9D8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{211335F7-F879-445F-83BF-5BF55A4A1C9E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="07F8723A709143D4A920239921C5F9D8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0F2DF5E4310C4B399FCE5AB22FEA2897"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6DEFE703-EC36-4059-8FBD-0C177C2A742B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="0F2DF5E4310C4B399FCE5AB22FEA2897"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6BEB985AAD5E43BE8696BA0057101182"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{978C8B70-552E-4EF7-9A5D-681827A526F1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6BEB985AAD5E43BE8696BA0057101182"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2A09F4FAAE464320848EB4E761B50279"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC9C7B2D-A6EE-4C22-94CD-B94F2EB6C109}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2A09F4FAAE464320848EB4E761B50279"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2825F33323994966AA5474779A98CBB6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8D3B92D5-74D1-4945-B387-5262AAE057C5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2825F33323994966AA5474779A98CBB6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6EBCF08DC74A4BA3AD03DFC5303AEFE2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{996B637C-CF91-4C2C-9252-FCC214CA9EF6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="6EBCF08DC74A4BA3AD03DFC5303AEFE2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="99EAC75BD1994341876C0CA0EFDDC3C0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD433EC6-BB5F-4C89-A314-DB823E66E359}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="99EAC75BD1994341876C0CA0EFDDC3C0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="55516C0FBD5943369254404E9212BD76"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6A5E82DE-D96B-4BDE-B2BE-0252C44DA3A0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="55516C0FBD5943369254404E9212BD76"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A2DECF4615124774A56FA42BAE6E5F1D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1E6D0189-9B8D-46DA-9D90-A2E6237732AC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A2DECF4615124774A56FA42BAE6E5F1D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="125D281BBF9C4CB48D7A561DD623B02B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C7B1083B-FB15-481D-BEB2-35BC70EE20A3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="125D281BBF9C4CB48D7A561DD623B02B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="983E365893BE44D5B4B1E67682F0DA59"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E071BE8B-AF7B-41CB-A012-CF69560C9298}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="983E365893BE44D5B4B1E67682F0DA59"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5B269D9CA58B4D97A952458AEC25CA87"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD9F51A6-6F84-44C4-8AE0-792C9F80E31D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5B269D9CA58B4D97A952458AEC25CA87"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="418823C81F494110AB0418AD58893B3F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D6500E8-7368-49DA-B47D-025EF2DC95D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="418823C81F494110AB0418AD58893B3F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DC37AA7673CA4E64B8050081D8120199"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{324D084E-7959-4AD0-8E07-4127B68BE8AC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DC37AA7673CA4E64B8050081D8120199"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8F4AD8655B947A4923D7C806BB24A14"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8CF5D631-97F1-46A0-B667-B5289170A00B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F8F4AD8655B947A4923D7C806BB24A14"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8051877D22D042FFBCBA033165D94FB2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5E94E66C-8E3C-4E73-9CE9-C4EB2F413F9E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8051877D22D042FFBCBA033165D94FB2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3B8781070184492A94AAFFF117CB8311"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A9990BEB-6E35-4FD8-818C-22966005403E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3B8781070184492A94AAFFF117CB8311"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B6834E74899D426199E3CBCD9E9C01D6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{76AB05E1-DA74-4AFE-85B6-93A8CA3BE2C9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B6834E74899D426199E3CBCD9E9C01D6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="47DCF464ECEC4FD48CF2887BCCD5E563"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{200E9B57-FDF1-46C3-8CCB-7869D072A0F0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="47DCF464ECEC4FD48CF2887BCCD5E563"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5CF848EE61044FFF8770B9C82E29B6CA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12BE5503-D9CC-4553-BA6C-0CDD7A8DDC59}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5CF848EE61044FFF8770B9C82E29B6CA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="79B1361FEFCD4273AB0B07F6A35DFB3A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{506E7BFD-638F-48E9-9080-C4D429A84F30}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="79B1361FEFCD4273AB0B07F6A35DFB3A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4CFCDA9D12F34A20B20F30CC6CE1EEA3"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{36D1F3D0-00C8-4D46-9CAF-706369795DB8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4CFCDA9D12F34A20B20F30CC6CE1EEA3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3185DC4414A34975BE65289CE8778BB6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{881021A7-A06C-4C63-AEC1-900737D20DCB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3185DC4414A34975BE65289CE8778BB6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3A52991BB09D4346BC0AABECE299701A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{47E5C558-F1F1-4B3B-84A7-F1CDD0AF951A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="3A52991BB09D4346BC0AABECE299701A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DE1620B41CF542CDBBD14FBF244F786F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{738DC1AE-FA36-4C9D-9930-9E3F540D7267}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DE1620B41CF542CDBBD14FBF244F786F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="992E720443654AE2A6F5C96BA0B34192"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{53E9FE61-39C4-4318-AAA9-18BBBE8D00A4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="992E720443654AE2A6F5C96BA0B34192"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EAA2BED1225C4839ACF1B4E6A7D8DA1D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5BE5BD7E-E118-4050-8716-672A19A9A65C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EAA2BED1225C4839ACF1B4E6A7D8DA1D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7EEAE7743D554394837EDCC3D80BF0BB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5EF8FFDE-F35B-4B4A-B381-8EA19C098BCD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7EEAE7743D554394837EDCC3D80BF0BB"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="81B316156E584B2A814C7B4462AFA77C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4CE4A513-E743-41B7-99A1-C448A04EBCE4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="81B316156E584B2A814C7B4462AFA77C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="11BB6E371EB347C2A7DCD531EC85CA37"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C7E93B6E-AA4D-483F-8D15-73F747E6A006}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="11BB6E371EB347C2A7DCD531EC85CA37"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="608CB354228142488E5BEF5EB7A2D236"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3938D276-5992-41C4-BDF4-B054ECEFDA9D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="608CB354228142488E5BEF5EB7A2D236"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D657B8AF0DD54900A7EFA6A25D63C9BF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E52C13AE-A510-43D6-88AF-8BA7A165200E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D657B8AF0DD54900A7EFA6A25D63C9BF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="624E5D3DA39643F1A6F0B45930B5D2D1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F3F4C26C-ABFD-4857-AEB6-59890601924F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="624E5D3DA39643F1A6F0B45930B5D2D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A8C82F30A07B44C6BDC8544BA4442D49"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9FFAE2F9-05FA-411D-8C64-CEF837B2E32C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A8C82F30A07B44C6BDC8544BA4442D49"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C3342DFB42E241DFA884F7B3B015E58F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A5392A1C-2DEB-4720-96B6-A23966A31B63}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C3342DFB42E241DFA884F7B3B015E58F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9118F985DC234F828FF2DF4E92248449"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B6C4416A-8D69-469A-A834-DFA034A269F7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9118F985DC234F828FF2DF4E92248449"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A728A522CCFF4963B0545A21CBADD25F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BA508CE0-034D-47C6-BC1A-9326C15883D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A728A522CCFF4963B0545A21CBADD25F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="15DB98438BFB4C369A47B2FE62F45634"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D303B3C4-1A1B-4E70-88B4-0D17FEE1C7FA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="15DB98438BFB4C369A47B2FE62F45634"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80CE1980E07541ACA8474975E4F21763"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{533D19FB-4EB1-4650-94B4-0BC0E0FD4277}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="80CE1980E07541ACA8474975E4F21763"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9DDC4DA241C44F78BAABBDD4ADCF5A4F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{79E20E98-E4DC-4E48-B09B-47398A49E4C5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9DDC4DA241C44F78BAABBDD4ADCF5A4F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E03BF6D3FF574AF48933B9D6D195677E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D3EA404D-01E1-4ED2-B02A-C84ED06E778A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="E03BF6D3FF574AF48933B9D6D195677E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="28C99340CB5F4F79B0047A313A6A3B0B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{719FDBD5-0040-46D9-85A8-3DC5970FBC29}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="28C99340CB5F4F79B0047A313A6A3B0B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7939D3D1B70F44E894D1EFEA65D1C6BD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F527E4A-88C1-4776-892B-BD7E6823AE77}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7939D3D1B70F44E894D1EFEA65D1C6BD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="70F00DADF25246408BF5A07A9499732B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{622FD20F-674B-4837-8374-3710D77EC7D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="70F00DADF25246408BF5A07A9499732B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D158347CDA9541CE98F7C6AD563067BF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4717B6F5-3633-45F4-BE05-21BB43BAFF32}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D158347CDA9541CE98F7C6AD563067BF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5BC7B307BBDD47C48F920C6ED999B9BC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8AD2C666-6103-4B12-B9EC-738148AFD9C1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5BC7B307BBDD47C48F920C6ED999B9BC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1DB52F954F61411FBCBC94EFC0707645"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8E161834-6859-4CDA-9CCD-C08D8277ACA6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="1DB52F954F61411FBCBC94EFC0707645"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8CE2AFB07AF46D384C48CE9C6D00121"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{34669DF3-99E7-4DDA-8013-4A14D3214D69}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F8CE2AFB07AF46D384C48CE9C6D00121"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5633C64BD8194603A1DEAFC207993F36"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{492F29F2-B2B1-4E52-9EB0-8B73EA51540A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5633C64BD8194603A1DEAFC207993F36"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="18661BD368D74A76B286D1B25285EAA2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{95C181F6-C465-4165-A9D7-5BF104BBC095}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="18661BD368D74A76B286D1B25285EAA2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="51DE83EB55484BDCA66F26A39F9A8095"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D0911C25-A5F8-478C-8264-7CE97D8B0D5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="51DE83EB55484BDCA66F26A39F9A8095"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="11E9E488FEDB4C0FA3DEB2EB84433B69"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{320E2CA6-0E7A-4808-99F2-6680968DE3A0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="11E9E488FEDB4C0FA3DEB2EB84433B69"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5DF5C6F696E944E8A2FD8FA63FB89262"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E2406C12-0916-41B5-A589-178E231BB4F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5DF5C6F696E944E8A2FD8FA63FB89262"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="73B8F7E54263448F899BE58603C23504"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{466913AF-8EE7-4432-B15C-A41860FA1845}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="73B8F7E54263448F899BE58603C23504"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F3F034450A984BD8AB4020FCB63DF72C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{37D23B1D-876E-437C-9E85-BA66DD5CEA5F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F3F034450A984BD8AB4020FCB63DF72C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FDB2C8DDB719424F91ABB5028088ABDA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9B5A6E4A-944C-4FE1-BD40-AC16AB843CCA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FDB2C8DDB719424F91ABB5028088ABDA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5A880584219E4A8AAF7E742EFC4794F1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AF0668F6-A8E5-4D5D-953D-B726D399F30A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5A880584219E4A8AAF7E742EFC4794F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="32A785048EBB469B8FC02BD90E4AF4F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6685ADE4-6A96-431A-908A-3895A70BEA76}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="32A785048EBB469B8FC02BD90E4AF4F2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D1B24E50C48643A8A5D2B4A0BFAB5D88"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D5E9F814-6AB0-46C6-91ED-9A42CB49BF41}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D1B24E50C48643A8A5D2B4A0BFAB5D88"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AD90D4C470804C4A8D086DE36F52E441"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{743B75E1-E9B1-46E6-B03D-06B3908D248A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="AD90D4C470804C4A8D086DE36F52E441"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9C7DE02A0F09406A8F087EA6BFAD48F5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4DB5955F-C76D-4A81-988D-D1521528556B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="9C7DE02A0F09406A8F087EA6BFAD48F5"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CE9FC588F8114B05BD0EF364D850D108"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C68E70C0-EFC7-4F79-821C-0A0EA442FBCA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="CE9FC588F8114B05BD0EF364D850D108"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ABE1ED867EC740948989B9C0922CA319"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{97BD4374-EE25-42BB-AF97-204759881D88}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="ABE1ED867EC740948989B9C0922CA319"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="060457512B54424A962CB5E2FCF981C7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8C994BF9-C163-490B-94CF-9D3EEF3515B6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="060457512B54424A962CB5E2FCF981C7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5D221ACC97D64268BFC7CDCD0881B95A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{53E0CB2C-4F35-46C5-B966-84BD6F720E8C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="5D221ACC97D64268BFC7CDCD0881B95A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FBEDA502DE684CE0ACA149372B27EC44"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B0FDADCE-F316-4001-8275-7D9293A4C368}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FBEDA502DE684CE0ACA149372B27EC44"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F2101AF09D3B4092887154D374B391C6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B8819F0F-76D5-4920-BAF7-30A9D8FD14D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="F2101AF09D3B4092887154D374B391C6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C5274750A544471FB62AC99F9B1D3FD4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2EF4033A-233B-4A89-96ED-4E551A3A0C23}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="C5274750A544471FB62AC99F9B1D3FD4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="620486AA368D44F2BF6D9262B087E10B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E8F76EC-6ADE-4ABE-81B8-BE2BBCC00641}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="620486AA368D44F2BF6D9262B087E10B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB27D0D36C9146FDA7043781E7A2C4F0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9F5A9762-09F6-42DC-A276-8AAF58572435}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="FB27D0D36C9146FDA7043781E7A2C4F0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B91F3740366D48808737952DF252A764"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{03596188-3E88-4CE0-8C33-3D770753D79B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="B91F3740366D48808737952DF252A764"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="65FA783C568D4F1EA0A8E2CCAD210AB5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8469D3A6-6A8B-4D59-8FE2-9D66D6022A4F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="65FA783C568D4F1EA0A8E2CCAD210AB5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="884365F98CC249D99644B8329645475B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D1F51ADE-EEA2-4AE2-8828-C2CDE865EEEB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="884365F98CC249D99644B8329645475B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">     </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4FB69D12C0AC4EB3B357A72131566D95"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E361B3AE-95D4-4AE8-91A1-F08EEB84404B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4FB69D12C0AC4EB3B357A72131566D95"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8F781907F65C4821A4C635859897C9A6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{69A96DE7-70AE-4D90-B4E0-6BAA11D66D54}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="8F781907F65C4821A4C635859897C9A6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D556134AE7E24CD383823C9E8DBDEC20"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6F0A918A-7520-4D72-B0FC-F208D721659D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D556134AE7E24CD383823C9E8DBDEC20"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="468E28F0F5DF46DEAB0D23228AE4C815"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F9FF0E14-C32E-421A-9B52-E9A0FE41A88B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="468E28F0F5DF46DEAB0D23228AE4C815"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2D462F21DF834620BE83126791F38BB7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D727023E-372E-4691-9D0E-48253FF1E3BB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2D462F21DF834620BE83126791F38BB7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7829E138BD464532ACF131E2DF905327"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E9112838-0FA4-474F-B8B1-01A0C3AAFF2A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="7829E138BD464532ACF131E2DF905327"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="430F44D0E9614B429BE65808BFDDD0AE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1EF716FE-6225-41A6-B04A-804C12D9DAB1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="430F44D0E9614B429BE65808BFDDD0AE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="59ED93B7E94546A9ADE1793878CBA1E4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FE139757-DE06-475C-A69A-77D5579A6478}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="59ED93B7E94546A9ADE1793878CBA1E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="43FB04218EFE45BE92A0E426F3AC76A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{90E6F8E6-B148-4BCE-B241-F819933DD921}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="43FB04218EFE45BE92A0E426F3AC76A7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D341D307D14C4C77B35F81568CDC9E79"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4F8B8436-99FD-4601-ACED-35544A1D96AB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D341D307D14C4C77B35F81568CDC9E79"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2B61A774786344A19768FF7A913DF0E4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CDE20C45-5A28-434A-81AF-9406BECB9830}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2B61A774786344A19768FF7A913DF0E4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="06F40BC58BA1406FA353529CBC7BE107"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1ED76EE3-280C-4C10-AE58-32C5DD9E63D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="06F40BC58BA1406FA353529CBC7BE107"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2AC09182BE7F40D399980F7B57A73788"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7008BAD3-6440-49E2-93CF-42D69EB59ACA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="2AC09182BE7F40D399980F7B57A73788"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EBE4956815314347B2E95AE20E1F5826"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{44B094E8-9644-40ED-9F38-E762CCF84FB3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="EBE4956815314347B2E95AE20E1F5826"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DD91E9038C964EB4B715D8EBE15F62E7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7EDF5247-4538-422F-AEB7-61BE778F0B4E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="DD91E9038C964EB4B715D8EBE15F62E7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AF187B270D56497ABCF734B0E0B316DD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E3091971-C4EF-4360-9855-B6D634B1462D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="AF187B270D56497ABCF734B0E0B316DD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D3C6B019B9DA44DBA84F4546E25024E0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{472B5539-94A3-4D6E-8D26-BEA18737A520}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="D3C6B019B9DA44DBA84F4546E25024E0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="28285D2292324C239938E5065F8F5B3A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FD1491EF-5904-4750-BB6C-59C49FCF011A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="28285D2292324C239938E5065F8F5B3A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A0A8BEE3D4CF4F5CB37F85B335837716"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B29A75C7-9D26-4B3A-AFAE-FD9A237EFD89}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="A0A8BEE3D4CF4F5CB37F85B335837716"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4F5E3720EC9E4B2F9C2878DC923F936E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D440CB31-6152-40A6-B656-68AF80E152D5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00A36186">
+          <w:pPr>
+            <w:pStyle w:val="4F5E3720EC9E4B2F9C2878DC923F936E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A91F2E">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:sym w:font="Wingdings" w:char="F06F"/>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2A0FEB1FA6A24D9495E3D6AEC0F21030"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{113176BA-E2FF-4F79-8BE7-CCD220D1C39F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00665CE0" w:rsidP="00665CE0">
+          <w:pPr>
+            <w:pStyle w:val="2A0FEB1FA6A24D9495E3D6AEC0F21030"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A50537">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C86DE5AEBDF1491FAAEBBD0BC480F333"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2E78C2F7-D39E-475F-B6AB-25761A991CAD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00665CE0" w:rsidP="00665CE0">
+          <w:pPr>
+            <w:pStyle w:val="C86DE5AEBDF1491FAAEBBD0BC480F333"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006C4D44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Choose </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>from list</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1DC0FB4383C241F29E108126BA1FE03B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BEA43562-ED81-40D4-80EB-51C0BC8958B9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00665CE0" w:rsidP="00665CE0">
+          <w:pPr>
+            <w:pStyle w:val="1DC0FB4383C241F29E108126BA1FE03B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8987177521D84CE89F6FB4F159563050"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EEAD63B6-EB28-49CB-B1C9-56D813D9D91D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00665CE0" w:rsidP="00665CE0">
+          <w:pPr>
+            <w:pStyle w:val="8987177521D84CE89F6FB4F159563050"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A635C49E258B41D19447CF8D32DB2C65"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{11DD1A39-6A44-483A-841D-25B859485845}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00665CE0" w:rsidP="00665CE0">
+          <w:pPr>
+            <w:pStyle w:val="A635C49E258B41D19447CF8D32DB2C65"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="186C942FDB384CA4AD9EE0D01C401C63"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{55626487-F63B-44C8-9761-6A11843F1992}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00665CE0" w:rsidRDefault="00665CE0" w:rsidP="00665CE0">
+          <w:pPr>
+            <w:pStyle w:val="186C942FDB384CA4AD9EE0D01C401C63"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>c</w:t>
+          </w:r>
+          <w:r w:rsidRPr="006C4D44">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve">hoose </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t>a county</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="063728CA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="13DC5C50"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="461E49D0EA20422D8CCDC459E5B49A961"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -29346,50 +43934,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CFF5579"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="94E69FC4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2075568C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15F00F3A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -29458,51 +44159,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="405A6B7F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8810486E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -29571,51 +44272,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54160C0A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0AFA55C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="AD3C643605064DCB90B9C0A3A39FD442"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -29685,51 +44386,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5486641A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="12803A80"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -29798,51 +44499,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F797A1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F7C3BE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -29911,51 +44612,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E366920"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="838C2A32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -30025,127 +44726,134 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="139688958">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="996493659">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1720786208">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2077774571">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1454204413">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1367366112">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="128867615">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1454204413">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="1256748855">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A0629D"/>
     <w:rsid w:val="00060466"/>
     <w:rsid w:val="000E7F8F"/>
     <w:rsid w:val="00160BB1"/>
+    <w:rsid w:val="00397376"/>
     <w:rsid w:val="005F0203"/>
     <w:rsid w:val="0064761F"/>
-    <w:rsid w:val="006B3612"/>
+    <w:rsid w:val="00665CE0"/>
     <w:rsid w:val="007C3B74"/>
     <w:rsid w:val="007F2A07"/>
+    <w:rsid w:val="008337C0"/>
     <w:rsid w:val="008B500A"/>
     <w:rsid w:val="00A0629D"/>
-    <w:rsid w:val="00A77CBA"/>
+    <w:rsid w:val="00A36186"/>
     <w:rsid w:val="00A86AEE"/>
     <w:rsid w:val="00BB27E3"/>
     <w:rsid w:val="00CB72C3"/>
     <w:rsid w:val="00CF5EA7"/>
     <w:rsid w:val="00D9211D"/>
     <w:rsid w:val="00D95998"/>
+    <w:rsid w:val="00DE6032"/>
     <w:rsid w:val="00E71E66"/>
     <w:rsid w:val="00F43AC8"/>
     <w:rsid w:val="00FC1616"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="309D1071"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -30539,16899 +45247,3722 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A77CBA"/>
+    <w:rsid w:val="00665CE0"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD3C643605064DCB90B9C0A3A39FD442">
     <w:name w:val="AD3C643605064DCB90B9C0A3A39FD442"/>
     <w:rsid w:val="00F43AC8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8774AD4DC662445F85A44EEFDE0F35C51">
-[...30 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DABD736101B54659867A9537B4AE7D53">
+    <w:name w:val="DABD736101B54659867A9537B4AE7D53"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A06C16B698A74BD4BF2B780CF8F1863F">
+    <w:name w:val="A06C16B698A74BD4BF2B780CF8F1863F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="461E49D0EA20422D8CCDC459E5B49A961">
     <w:name w:val="461E49D0EA20422D8CCDC459E5B49A961"/>
     <w:rsid w:val="00CB72C3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D7AD62878224E77A146BE2BF497B101">
     <w:name w:val="5D7AD62878224E77A146BE2BF497B101"/>
     <w:rsid w:val="00F43AC8"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="531BDF7118F349E88AD4EA9364EE90C0">
     <w:name w:val="531BDF7118F349E88AD4EA9364EE90C0"/>
     <w:rsid w:val="00F43AC8"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="405AB017577F47BEAF9FB8AA7889F8981">
-    <w:name w:val="405AB017577F47BEAF9FB8AA7889F8981"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8189C39D6DAE4316B78E62C4FF566F00">
+    <w:name w:val="8189C39D6DAE4316B78E62C4FF566F00"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35AF6B8D294F4D69985EE972BD62318E">
+    <w:name w:val="35AF6B8D294F4D69985EE972BD62318E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5116ECC921F24A69BE5A512E1F3F1F7B">
+    <w:name w:val="5116ECC921F24A69BE5A512E1F3F1F7B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="744363F80CEE4FE39F73B538EFB0F2FD">
+    <w:name w:val="744363F80CEE4FE39F73B538EFB0F2FD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9E124D252F048BEA2D2F3E8D86CFE76">
+    <w:name w:val="D9E124D252F048BEA2D2F3E8D86CFE76"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1106C6510F242E0B8C950E38BBA9822">
+    <w:name w:val="E1106C6510F242E0B8C950E38BBA9822"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3450096341CC491D848C1EAC4C22C9C8">
+    <w:name w:val="3450096341CC491D848C1EAC4C22C9C8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C010850195F647A1AA85378640DEB787">
+    <w:name w:val="C010850195F647A1AA85378640DEB787"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B0DF702900546ED892239EA529CE59B">
+    <w:name w:val="4B0DF702900546ED892239EA529CE59B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7D8CF71069274DE2888D4943214BEEB1">
+    <w:name w:val="7D8CF71069274DE2888D4943214BEEB1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FDF961277405497A8EA5358655D95D2D">
+    <w:name w:val="FDF961277405497A8EA5358655D95D2D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="026C0CFEEF9E40A2A75095600CF1183A">
+    <w:name w:val="026C0CFEEF9E40A2A75095600CF1183A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0627E11C93A849019ACCC537E3D2146E">
+    <w:name w:val="0627E11C93A849019ACCC537E3D2146E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72425DD910E8449C92BF9D58FF40DE24">
+    <w:name w:val="72425DD910E8449C92BF9D58FF40DE24"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3405E9414635457ABA218F83BA1DF8E8">
+    <w:name w:val="3405E9414635457ABA218F83BA1DF8E8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C60D218572454067A1487CF63EE5850F">
+    <w:name w:val="C60D218572454067A1487CF63EE5850F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="941CC890999549C2AB078A71D1D98CE1">
+    <w:name w:val="941CC890999549C2AB078A71D1D98CE1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F34F35C462EB42D690362324626FA369">
+    <w:name w:val="F34F35C462EB42D690362324626FA369"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E32551B1E7A40D1AF2D8D579AFDD14F">
+    <w:name w:val="9E32551B1E7A40D1AF2D8D579AFDD14F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="722D62C51AEE4CB08FA74F43CB084A1F">
+    <w:name w:val="722D62C51AEE4CB08FA74F43CB084A1F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97DB588871064D4E91AA95821F467445">
+    <w:name w:val="97DB588871064D4E91AA95821F467445"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E5286F75B8844FBA72287C469E67773">
+    <w:name w:val="4E5286F75B8844FBA72287C469E67773"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A40470D3D974E9E8407671E08BC3A19">
+    <w:name w:val="3A40470D3D974E9E8407671E08BC3A19"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4782EDD28DE64941BFE9C0AD735F9972">
+    <w:name w:val="4782EDD28DE64941BFE9C0AD735F9972"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78D9748A02D4401F9C0C4959A97D221F">
+    <w:name w:val="78D9748A02D4401F9C0C4959A97D221F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB0B18A790E245AF956D06E29C1D5C11">
+    <w:name w:val="FB0B18A790E245AF956D06E29C1D5C11"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F4319A96B17452BA79B51287C10E603">
+    <w:name w:val="7F4319A96B17452BA79B51287C10E603"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9ABA9012AD554017BF9580E96E22AF72">
+    <w:name w:val="9ABA9012AD554017BF9580E96E22AF72"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="91DB65D38D4C4D68A187B5E906ECA232">
+    <w:name w:val="91DB65D38D4C4D68A187B5E906ECA232"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C28353CFBBEB49AEA7DF6F6A1DD900D4">
+    <w:name w:val="C28353CFBBEB49AEA7DF6F6A1DD900D4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C6A5C5877DC4832997F6AB2871699DB">
+    <w:name w:val="2C6A5C5877DC4832997F6AB2871699DB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="469C5FA6C9584ED1A8101152BCABD8F8">
+    <w:name w:val="469C5FA6C9584ED1A8101152BCABD8F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E87D697D58A4011861B48DA9382F403">
+    <w:name w:val="5E87D697D58A4011861B48DA9382F403"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8ADD1DF26FC47E49A5B15976729D23C">
+    <w:name w:val="B8ADD1DF26FC47E49A5B15976729D23C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E44F02FF7AD24EC1905CD86E5CA3D4AD">
+    <w:name w:val="E44F02FF7AD24EC1905CD86E5CA3D4AD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C92EF6BA97F4EC99ACB1F46908BF3EE">
+    <w:name w:val="4C92EF6BA97F4EC99ACB1F46908BF3EE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C88BA82D86E14B68A74E1E1E60E088F8">
+    <w:name w:val="C88BA82D86E14B68A74E1E1E60E088F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="027CE8F3F0DA4893AC6F53DB33D5A020">
+    <w:name w:val="027CE8F3F0DA4893AC6F53DB33D5A020"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54FA601E73CE47C7A60FC2CF91681C78">
+    <w:name w:val="54FA601E73CE47C7A60FC2CF91681C78"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3417B1E44CFF4D958F49A5F8554060DE">
+    <w:name w:val="3417B1E44CFF4D958F49A5F8554060DE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0A257B575C4471399974A07E5E0C0BB">
+    <w:name w:val="C0A257B575C4471399974A07E5E0C0BB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EEED506BF20405BA6B81A0C79CF847B">
+    <w:name w:val="0EEED506BF20405BA6B81A0C79CF847B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7FE7BFAF4ED4617BB8219F357368C24">
+    <w:name w:val="F7FE7BFAF4ED4617BB8219F357368C24"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC8A4829E8594CC98BE55F8FF54461B8">
+    <w:name w:val="DC8A4829E8594CC98BE55F8FF54461B8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DA203A852B642CEB33A3E77059E56EE">
+    <w:name w:val="6DA203A852B642CEB33A3E77059E56EE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED8C9A1698DE4456B0138BD000812204">
+    <w:name w:val="ED8C9A1698DE4456B0138BD000812204"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA53BBC8FE5A444BB0D414AC74F1127D">
+    <w:name w:val="DA53BBC8FE5A444BB0D414AC74F1127D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2F550BA80674C91BCC44FB9FA88DD73">
+    <w:name w:val="F2F550BA80674C91BCC44FB9FA88DD73"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D48F68935357422EA5909D454580CB29">
+    <w:name w:val="D48F68935357422EA5909D454580CB29"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3123FB06D94A49C3A9EAB0979343FF31">
+    <w:name w:val="3123FB06D94A49C3A9EAB0979343FF31"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84C9B1AC9D4E4F1288BA7823F565E390">
+    <w:name w:val="84C9B1AC9D4E4F1288BA7823F565E390"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0C30381E1CD406CB8BDDDC90C4865E2">
+    <w:name w:val="E0C30381E1CD406CB8BDDDC90C4865E2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAACB7C2A364460E911F51CB18FBFC17">
+    <w:name w:val="EAACB7C2A364460E911F51CB18FBFC17"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7AB64458C4A401985C05BEEC9E9FEC7">
+    <w:name w:val="F7AB64458C4A401985C05BEEC9E9FEC7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF9E27B7EF22496AB7150B7B2158D556">
+    <w:name w:val="CF9E27B7EF22496AB7150B7B2158D556"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DB9657845E34FBDBFA8A4CC5941721C">
+    <w:name w:val="5DB9657845E34FBDBFA8A4CC5941721C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94BB138ADA6C4414A6AA22A842A3C1D3">
+    <w:name w:val="94BB138ADA6C4414A6AA22A842A3C1D3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1C730E1E1FEE4019A50405AB8E3371E4">
+    <w:name w:val="1C730E1E1FEE4019A50405AB8E3371E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED5CA52EC2AE492FAF166FD57EE322D2">
+    <w:name w:val="ED5CA52EC2AE492FAF166FD57EE322D2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BDDB1FB3DBA40E18D05EBA0C876C389">
+    <w:name w:val="4BDDB1FB3DBA40E18D05EBA0C876C389"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3DDAA9FAEAF439391CD7A8D5BA7DDFC">
+    <w:name w:val="F3DDAA9FAEAF439391CD7A8D5BA7DDFC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE12CD4580B949C88A732CDABA977000">
+    <w:name w:val="FE12CD4580B949C88A732CDABA977000"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4BE67C6D6E1423780D13DDA7358DFF7">
+    <w:name w:val="A4BE67C6D6E1423780D13DDA7358DFF7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0746EACC49F3434C923272EB52953783">
+    <w:name w:val="0746EACC49F3434C923272EB52953783"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB9EDE811AEC48D6893B43508D188AB6">
+    <w:name w:val="AB9EDE811AEC48D6893B43508D188AB6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B96EFFD3E014670A235770A1A1A0B46">
+    <w:name w:val="3B96EFFD3E014670A235770A1A1A0B46"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FB17DBA34874DFC8B18CADE382774B7">
+    <w:name w:val="4FB17DBA34874DFC8B18CADE382774B7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B178589E870342EDB4659A6AC2165F0B">
+    <w:name w:val="B178589E870342EDB4659A6AC2165F0B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="280D706C99C74BE594966E685E144EE2">
+    <w:name w:val="280D706C99C74BE594966E685E144EE2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63EC838BD2084F9C92098B25719D25E8">
+    <w:name w:val="63EC838BD2084F9C92098B25719D25E8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2AAFE533C8C47CDA58D2725E6E48E29">
+    <w:name w:val="D2AAFE533C8C47CDA58D2725E6E48E29"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51BB055DF8194EB78699E74062640E1E">
+    <w:name w:val="51BB055DF8194EB78699E74062640E1E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE0A304AD7B54542BA915C6593468C00">
+    <w:name w:val="FE0A304AD7B54542BA915C6593468C00"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8C61E281B9740C796A517ABFCA33A49">
+    <w:name w:val="F8C61E281B9740C796A517ABFCA33A49"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0B0D49D83EF47A8AC2C06180C62BB8A">
+    <w:name w:val="A0B0D49D83EF47A8AC2C06180C62BB8A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8805120C7ED4F77AD01D53AB5EF28D1">
+    <w:name w:val="F8805120C7ED4F77AD01D53AB5EF28D1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA4726DC0A19432583A1BD865BEA53DB">
+    <w:name w:val="EA4726DC0A19432583A1BD865BEA53DB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36262FCF9947468BB5DFD31AFA7514D4">
+    <w:name w:val="36262FCF9947468BB5DFD31AFA7514D4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC6A5F534C3A4A1EAD36FDF03FD83269">
+    <w:name w:val="EC6A5F534C3A4A1EAD36FDF03FD83269"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A44900E5E10E4E11B15F9AE0807D1198">
+    <w:name w:val="A44900E5E10E4E11B15F9AE0807D1198"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C02DA03FF2084BE2B86C6C306F515AD4">
+    <w:name w:val="C02DA03FF2084BE2B86C6C306F515AD4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2060C63E27CF4038B913C9E668C1BB79">
+    <w:name w:val="2060C63E27CF4038B913C9E668C1BB79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="912E828EA183475B9D1584A9C8DAE85E">
+    <w:name w:val="912E828EA183475B9D1584A9C8DAE85E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46E9FB0473EC413AAC9302302416BA27">
+    <w:name w:val="46E9FB0473EC413AAC9302302416BA27"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58E749E1DCED4107A340C7D64505A52A">
+    <w:name w:val="58E749E1DCED4107A340C7D64505A52A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="476C151BD2FC445786B897201426E676">
+    <w:name w:val="476C151BD2FC445786B897201426E676"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A37B269D33A54A769FAED8043DF88931">
+    <w:name w:val="A37B269D33A54A769FAED8043DF88931"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F124847B34D049E388F2EC4F6C4B6DEB">
+    <w:name w:val="F124847B34D049E388F2EC4F6C4B6DEB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84D3A72C74F141B28AA91C1428C7A403">
+    <w:name w:val="84D3A72C74F141B28AA91C1428C7A403"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FD0C7E276074392B33D3192A7ECB950">
+    <w:name w:val="4FD0C7E276074392B33D3192A7ECB950"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE091553BE114B88874A1AD779704810">
+    <w:name w:val="BE091553BE114B88874A1AD779704810"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A3CF23E65F2435A98E56E24A67BEFA9">
+    <w:name w:val="9A3CF23E65F2435A98E56E24A67BEFA9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8EEF78CC21C345649D61A2BE403F8A4C">
+    <w:name w:val="8EEF78CC21C345649D61A2BE403F8A4C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="842F06E890B3429A8D38E7C52C8D982B">
+    <w:name w:val="842F06E890B3429A8D38E7C52C8D982B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A1F5563820A4E99B7B5C308E5BA5E94">
+    <w:name w:val="7A1F5563820A4E99B7B5C308E5BA5E94"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A34A21A748124400AE08D7CDBDA27B94">
+    <w:name w:val="A34A21A748124400AE08D7CDBDA27B94"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6282B6B7835428FB021CC02FEE087C6">
+    <w:name w:val="E6282B6B7835428FB021CC02FEE087C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FB1FD3CA0C449759D121C1155128E7D">
+    <w:name w:val="4FB1FD3CA0C449759D121C1155128E7D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E219EF5F26F84978B03EFA3CFB99B1FF">
+    <w:name w:val="E219EF5F26F84978B03EFA3CFB99B1FF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D322C15D1D3A4A3DB0AC530D9D07C8DD">
+    <w:name w:val="D322C15D1D3A4A3DB0AC530D9D07C8DD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16C8787D3AC641E6A55B161E0EAD7CAC">
+    <w:name w:val="16C8787D3AC641E6A55B161E0EAD7CAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="857EDEDCE0144922B559F6C0AF1947B3">
+    <w:name w:val="857EDEDCE0144922B559F6C0AF1947B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D6A3EE64C124B7B9EEE7DD0D805CFB1">
+    <w:name w:val="0D6A3EE64C124B7B9EEE7DD0D805CFB1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D840CFCD6524033850AEE8AF2A5AA69">
+    <w:name w:val="0D840CFCD6524033850AEE8AF2A5AA69"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34579401DC154A36BBCD6D2855C38102">
+    <w:name w:val="34579401DC154A36BBCD6D2855C38102"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42DC0062E3A84CC8B411A3D69E09C515">
+    <w:name w:val="42DC0062E3A84CC8B411A3D69E09C515"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="322CD85DC4DF42098D67685899DEB1A1">
+    <w:name w:val="322CD85DC4DF42098D67685899DEB1A1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E869D3A7FBD443EC8E6FAC4D89F8D624">
+    <w:name w:val="E869D3A7FBD443EC8E6FAC4D89F8D624"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6ADCF377B54446779380BF29D331D1AD">
+    <w:name w:val="6ADCF377B54446779380BF29D331D1AD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EAEDF77E9A14C3CAB190B68147D91E6">
+    <w:name w:val="6EAEDF77E9A14C3CAB190B68147D91E6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3431FC13FA37438C8FED5F12C99AC39B">
+    <w:name w:val="3431FC13FA37438C8FED5F12C99AC39B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B753BDDB9DF148A5A0900DCF23636440">
+    <w:name w:val="B753BDDB9DF148A5A0900DCF23636440"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99EAB0BDAC084AA2AAE3FF659F758452">
+    <w:name w:val="99EAB0BDAC084AA2AAE3FF659F758452"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB02EB965C8B4A00BAC6F9739269398D">
+    <w:name w:val="FB02EB965C8B4A00BAC6F9739269398D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="666A8B1A469B4C8A8235D83345842422">
+    <w:name w:val="666A8B1A469B4C8A8235D83345842422"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18D2712014F340E78E3F328873549BD3">
+    <w:name w:val="18D2712014F340E78E3F328873549BD3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86DE9B05EAF44324B072B2AD1D746DA1">
+    <w:name w:val="86DE9B05EAF44324B072B2AD1D746DA1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0037BAFE7374460A8F1C66238746214">
+    <w:name w:val="C0037BAFE7374460A8F1C66238746214"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F7DD24F837444BF8B90E4F31C21FFF3">
+    <w:name w:val="7F7DD24F837444BF8B90E4F31C21FFF3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A6244896F484E1FADBDD807ECA5DC31">
+    <w:name w:val="8A6244896F484E1FADBDD807ECA5DC31"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="02D6853809DA41089AC887CECFEB2262">
+    <w:name w:val="02D6853809DA41089AC887CECFEB2262"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D12569B41C9F412DA943E5C26CBFF6AE">
+    <w:name w:val="D12569B41C9F412DA943E5C26CBFF6AE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EF889854CE0471EBB9521D5F4AF3FD9">
+    <w:name w:val="5EF889854CE0471EBB9521D5F4AF3FD9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48A51B8802C349C391F1E3E661E380B9">
+    <w:name w:val="48A51B8802C349C391F1E3E661E380B9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8740683E7114BC9B63E6CB7BB98EBC3">
+    <w:name w:val="A8740683E7114BC9B63E6CB7BB98EBC3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E61EC09826AD41CFA46BB542D0EA705C">
+    <w:name w:val="E61EC09826AD41CFA46BB542D0EA705C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34EC397D651D4CD4A52EFD1CF1B4C9B9">
+    <w:name w:val="34EC397D651D4CD4A52EFD1CF1B4C9B9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E262608EF3B44F5AF1CE59686BFB748">
+    <w:name w:val="4E262608EF3B44F5AF1CE59686BFB748"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B389DCC5D4214B6E8FCEC4432806A219">
+    <w:name w:val="B389DCC5D4214B6E8FCEC4432806A219"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2B3D82D202C4BD793E2468C26DBF557">
+    <w:name w:val="A2B3D82D202C4BD793E2468C26DBF557"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F45A0AB7A2D545058917702E1C7A9F49">
+    <w:name w:val="F45A0AB7A2D545058917702E1C7A9F49"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D6CBD15BBD794A908A13ED7810BB5B35">
+    <w:name w:val="D6CBD15BBD794A908A13ED7810BB5B35"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D84BB40FDD904F4F977098CFFB391476">
+    <w:name w:val="D84BB40FDD904F4F977098CFFB391476"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="257FFE14155C4CA6B14978D1B09821BD">
+    <w:name w:val="257FFE14155C4CA6B14978D1B09821BD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C6F89B24C014DF9BB80CCC2C6D7A861">
+    <w:name w:val="4C6F89B24C014DF9BB80CCC2C6D7A861"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78481FC03AE5469C81DC15B2BF6DAC9A">
+    <w:name w:val="78481FC03AE5469C81DC15B2BF6DAC9A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76C263C6DEAC47559E5C4CB330ACF633">
+    <w:name w:val="76C263C6DEAC47559E5C4CB330ACF633"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CA198ACD1E84455923840056F5E6A2C">
+    <w:name w:val="4CA198ACD1E84455923840056F5E6A2C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="445A80D2891F4C079993B928C8E80795">
+    <w:name w:val="445A80D2891F4C079993B928C8E80795"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6EF68F194F2429FB30B362DE1B26474">
+    <w:name w:val="B6EF68F194F2429FB30B362DE1B26474"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AEBBA40AFDB4B1EA433497FE9681F1C">
+    <w:name w:val="8AEBBA40AFDB4B1EA433497FE9681F1C"/>
     <w:rsid w:val="00CF5EA7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC841CBEAAF4442294990EB66DDCE3DF">
+    <w:name w:val="BC841CBEAAF4442294990EB66DDCE3DF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F800D41BCCA34FE5A82A9F0F11D450AE">
+    <w:name w:val="F800D41BCCA34FE5A82A9F0F11D450AE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12C6D07DC35E40999AB095C7B716855A">
+    <w:name w:val="12C6D07DC35E40999AB095C7B716855A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F4DE9E4CDEC49EA8C7D15446AFFC4DA">
+    <w:name w:val="6F4DE9E4CDEC49EA8C7D15446AFFC4DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEC1D388F0474EB7A78A2FB94C9AF259">
+    <w:name w:val="DEC1D388F0474EB7A78A2FB94C9AF259"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F281AD960DA41B5A22154FB22D98FC6">
+    <w:name w:val="1F281AD960DA41B5A22154FB22D98FC6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CA44D26A336481C9C72CCD9CEEC067D">
+    <w:name w:val="7CA44D26A336481C9C72CCD9CEEC067D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC94E066951B4197BA31ADC99952A51C">
+    <w:name w:val="EC94E066951B4197BA31ADC99952A51C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9FDD590EAB54090975E728D69230E4F">
+    <w:name w:val="F9FDD590EAB54090975E728D69230E4F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E072FCEE385544F68492E3A4D19DDD1C">
+    <w:name w:val="E072FCEE385544F68492E3A4D19DDD1C"/>
+    <w:rsid w:val="00CF5EA7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B061578628449CF868BD2042ECF0D3F">
+    <w:name w:val="0B061578628449CF868BD2042ECF0D3F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7937E52012ED45A1BD8F32FEDB2F18A8">
+    <w:name w:val="7937E52012ED45A1BD8F32FEDB2F18A8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="573FADA805934D3A9EEEB19997988129">
+    <w:name w:val="573FADA805934D3A9EEEB19997988129"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A411D0EFFCA7467393B06E87A94B7C05">
+    <w:name w:val="A411D0EFFCA7467393B06E87A94B7C05"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC98881DA4AD48F096A93C018A70C9D8">
+    <w:name w:val="AC98881DA4AD48F096A93C018A70C9D8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="943FEC4384ED4952A4B246814B2FB941">
+    <w:name w:val="943FEC4384ED4952A4B246814B2FB941"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBBD214D01F4786B381B2A349DAC469">
+    <w:name w:val="3CBBD214D01F4786B381B2A349DAC469"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0900AC4933164374A13660390573585E">
+    <w:name w:val="0900AC4933164374A13660390573585E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB5841906A2949639E73DE32E69367D1">
+    <w:name w:val="EB5841906A2949639E73DE32E69367D1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C2CD427D03F4AC09BFDC68D4FC52575">
+    <w:name w:val="0C2CD427D03F4AC09BFDC68D4FC52575"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F3775E6D87E4F1DA0F92B5556A6432A">
+    <w:name w:val="9F3775E6D87E4F1DA0F92B5556A6432A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9CB0DC570B40411C802C0645DD28CFD5">
+    <w:name w:val="9CB0DC570B40411C802C0645DD28CFD5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAB2DD5B282E453BA7D2A5E291900B7A">
+    <w:name w:val="BAB2DD5B282E453BA7D2A5E291900B7A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CD62D2862274225A6C6267A45869D65">
+    <w:name w:val="6CD62D2862274225A6C6267A45869D65"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EBD73C5FF0B42018C7EEEDC911C85F8">
+    <w:name w:val="5EBD73C5FF0B42018C7EEEDC911C85F8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F71FA66D80A448792E9C27E6C15C985">
+    <w:name w:val="5F71FA66D80A448792E9C27E6C15C985"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8BA0E2E6B71C4C9DA298310DAFE1447C">
+    <w:name w:val="8BA0E2E6B71C4C9DA298310DAFE1447C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="125ECD71F87646BFA431DDBFB95AAA64">
+    <w:name w:val="125ECD71F87646BFA431DDBFB95AAA64"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3335E80A8A5347F99C74B7476642355F">
+    <w:name w:val="3335E80A8A5347F99C74B7476642355F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1F0295BB0A84892B77334F83E6C62B0">
+    <w:name w:val="F1F0295BB0A84892B77334F83E6C62B0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB7E029EC6144E338EC93BFA2D7B965F">
+    <w:name w:val="DB7E029EC6144E338EC93BFA2D7B965F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFEE9A9C550D42AA94FD6F941E061DEC">
+    <w:name w:val="EFEE9A9C550D42AA94FD6F941E061DEC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1EAB047438A94CC5AAAB18B2DDDFF4E7">
+    <w:name w:val="1EAB047438A94CC5AAAB18B2DDDFF4E7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86D5D52D2C604AA39524AEF0B042408D">
+    <w:name w:val="86D5D52D2C604AA39524AEF0B042408D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8109A5376F20458C92837DD8C42726F2">
+    <w:name w:val="8109A5376F20458C92837DD8C42726F2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F741B07CB1A42A794A9574B8D52E9FA">
+    <w:name w:val="4F741B07CB1A42A794A9574B8D52E9FA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FB7DD90565746469F73D90BA7BE2030">
+    <w:name w:val="5FB7DD90565746469F73D90BA7BE2030"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A646EA26009D4A0FAB983D982E794144">
+    <w:name w:val="A646EA26009D4A0FAB983D982E794144"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0625699574F34F9D87FDBE7C1578B4B0">
+    <w:name w:val="0625699574F34F9D87FDBE7C1578B4B0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE0A6F32089D4CCAA50CE2031A9D6407">
+    <w:name w:val="AE0A6F32089D4CCAA50CE2031A9D6407"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="290BF14032E54A8E8E6CA3A5FFD0CB94">
+    <w:name w:val="290BF14032E54A8E8E6CA3A5FFD0CB94"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DEEACF9704594C73AA8CD4BE8A6219EF">
+    <w:name w:val="DEEACF9704594C73AA8CD4BE8A6219EF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="992C695B6EB849CC95067D258A7C5C3B">
+    <w:name w:val="992C695B6EB849CC95067D258A7C5C3B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="579BBC627D0E48D99C87539537A96FAF">
+    <w:name w:val="579BBC627D0E48D99C87539537A96FAF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42D9B90E296B4F87865021B88875D172">
+    <w:name w:val="42D9B90E296B4F87865021B88875D172"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A2A55F150FE4CFABA7992CB9BBCBE49">
+    <w:name w:val="7A2A55F150FE4CFABA7992CB9BBCBE49"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F6A0C51639114F7B86C700C7E552FCF4">
+    <w:name w:val="F6A0C51639114F7B86C700C7E552FCF4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="37E71321144E42F987CFACB97A002A06">
+    <w:name w:val="37E71321144E42F987CFACB97A002A06"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B5EA737823844B4A9B3672A7B237A77">
+    <w:name w:val="5B5EA737823844B4A9B3672A7B237A77"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3405F3BCFF0472B9F1C111A5C39D3A2">
+    <w:name w:val="F3405F3BCFF0472B9F1C111A5C39D3A2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00A55B31E20646AC971633DE31C8C6B4">
+    <w:name w:val="00A55B31E20646AC971633DE31C8C6B4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4636EAF173C24478AF02E50DBCA64568">
+    <w:name w:val="4636EAF173C24478AF02E50DBCA64568"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A65F4EB39554CDE9661FDE7E6E2ABCF">
+    <w:name w:val="9A65F4EB39554CDE9661FDE7E6E2ABCF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B2CAE671FB54BFBA903F102C176AFBD">
+    <w:name w:val="8B2CAE671FB54BFBA903F102C176AFBD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F4AA4852BF94C9F97C6CEEF267E3957">
+    <w:name w:val="6F4AA4852BF94C9F97C6CEEF267E3957"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B044D6CCBDBC4E97BA85974B72D24BE9">
+    <w:name w:val="B044D6CCBDBC4E97BA85974B72D24BE9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="59D4E79D42B74073B77A99FFB462B571">
+    <w:name w:val="59D4E79D42B74073B77A99FFB462B571"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F6617A26E6745A1BFCBEB12726A3183">
+    <w:name w:val="6F6617A26E6745A1BFCBEB12726A3183"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B512A0460654A3084B2FC57D2D7CADD">
+    <w:name w:val="0B512A0460654A3084B2FC57D2D7CADD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB9EDE5F30DF43B7A97514646D3B4D6E">
+    <w:name w:val="BB9EDE5F30DF43B7A97514646D3B4D6E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0D9F1B785AD433AB4400DC6A442EADC">
+    <w:name w:val="B0D9F1B785AD433AB4400DC6A442EADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35F31C303F5B412ABF3E690B08E250EA">
+    <w:name w:val="35F31C303F5B412ABF3E690B08E250EA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F85CD5058704E9E924D483E9EEF9644">
+    <w:name w:val="2F85CD5058704E9E924D483E9EEF9644"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FEFC4A7A44C431285270155754D3D4C">
+    <w:name w:val="1FEFC4A7A44C431285270155754D3D4C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAEDF58646D14EF8AD9681EC319BE0B6">
+    <w:name w:val="FAEDF58646D14EF8AD9681EC319BE0B6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2158FD905F2642EF93BBE2D8AD722A0E">
+    <w:name w:val="2158FD905F2642EF93BBE2D8AD722A0E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA96169015244411810EDA6E612ACEA1">
+    <w:name w:val="BA96169015244411810EDA6E612ACEA1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3DE23DCEB4F41BF8FC14A51CFC3C74B">
+    <w:name w:val="F3DE23DCEB4F41BF8FC14A51CFC3C74B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="64C994886A4C4EB6BA6E72A163985D3A">
+    <w:name w:val="64C994886A4C4EB6BA6E72A163985D3A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D643CAAA797846C8A64CD9C6A104052D">
+    <w:name w:val="D643CAAA797846C8A64CD9C6A104052D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC5709F2AD4B4781BB50876726B7097F">
+    <w:name w:val="AC5709F2AD4B4781BB50876726B7097F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8CB116E4E60E43BF8592702135E44382">
+    <w:name w:val="8CB116E4E60E43BF8592702135E44382"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55C3BB39E47E48D9B19048C0AFE435F2">
+    <w:name w:val="55C3BB39E47E48D9B19048C0AFE435F2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D40C4BE746840D98B629B6D11BF6CE1">
+    <w:name w:val="5D40C4BE746840D98B629B6D11BF6CE1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAAA06DEFC4F49A1867D45433BE7CBAA">
+    <w:name w:val="EAAA06DEFC4F49A1867D45433BE7CBAA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E353811015548BFB52608F9533C2135">
+    <w:name w:val="1E353811015548BFB52608F9533C2135"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C241F4DC44354E75A134C2804797A9B7">
+    <w:name w:val="C241F4DC44354E75A134C2804797A9B7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2118D870D0C4BD79593B2CEAF4260B3">
+    <w:name w:val="E2118D870D0C4BD79593B2CEAF4260B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="517A2FDF26854D31BBEF6B43F68758A2">
+    <w:name w:val="517A2FDF26854D31BBEF6B43F68758A2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D39900EEBD7B4F9288F0A310AC8DB6C7">
+    <w:name w:val="D39900EEBD7B4F9288F0A310AC8DB6C7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3346A28DA0614BF097DD5E6E179BF8F1">
+    <w:name w:val="3346A28DA0614BF097DD5E6E179BF8F1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8DEA26889F54493A7D9747FB4C13291">
+    <w:name w:val="E8DEA26889F54493A7D9747FB4C13291"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A57A386438E841E0A44809DBCC6B746E">
+    <w:name w:val="A57A386438E841E0A44809DBCC6B746E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56CFB67BD7454D04A22F68B439EFC711">
+    <w:name w:val="56CFB67BD7454D04A22F68B439EFC711"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40CE5403777C40DCBD54D49C6B6FB3B2">
+    <w:name w:val="40CE5403777C40DCBD54D49C6B6FB3B2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39C4D6D27F894E59A324DD8E7979E0ED">
+    <w:name w:val="39C4D6D27F894E59A324DD8E7979E0ED"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C8C8BD0518D849038427FCA33EBABEE5">
+    <w:name w:val="C8C8BD0518D849038427FCA33EBABEE5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03A2AEE5BD7D4EADA892C320CB36DEAE">
+    <w:name w:val="03A2AEE5BD7D4EADA892C320CB36DEAE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07F8723A709143D4A920239921C5F9D8">
+    <w:name w:val="07F8723A709143D4A920239921C5F9D8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F2DF5E4310C4B399FCE5AB22FEA2897">
+    <w:name w:val="0F2DF5E4310C4B399FCE5AB22FEA2897"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BEB985AAD5E43BE8696BA0057101182">
+    <w:name w:val="6BEB985AAD5E43BE8696BA0057101182"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A09F4FAAE464320848EB4E761B50279">
+    <w:name w:val="2A09F4FAAE464320848EB4E761B50279"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2825F33323994966AA5474779A98CBB6">
+    <w:name w:val="2825F33323994966AA5474779A98CBB6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EBCF08DC74A4BA3AD03DFC5303AEFE2">
+    <w:name w:val="6EBCF08DC74A4BA3AD03DFC5303AEFE2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99EAC75BD1994341876C0CA0EFDDC3C0">
+    <w:name w:val="99EAC75BD1994341876C0CA0EFDDC3C0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55516C0FBD5943369254404E9212BD76">
+    <w:name w:val="55516C0FBD5943369254404E9212BD76"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2DECF4615124774A56FA42BAE6E5F1D">
+    <w:name w:val="A2DECF4615124774A56FA42BAE6E5F1D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="125D281BBF9C4CB48D7A561DD623B02B">
+    <w:name w:val="125D281BBF9C4CB48D7A561DD623B02B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="983E365893BE44D5B4B1E67682F0DA59">
+    <w:name w:val="983E365893BE44D5B4B1E67682F0DA59"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B269D9CA58B4D97A952458AEC25CA87">
+    <w:name w:val="5B269D9CA58B4D97A952458AEC25CA87"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="418823C81F494110AB0418AD58893B3F">
+    <w:name w:val="418823C81F494110AB0418AD58893B3F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC37AA7673CA4E64B8050081D8120199">
+    <w:name w:val="DC37AA7673CA4E64B8050081D8120199"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8F4AD8655B947A4923D7C806BB24A14">
+    <w:name w:val="F8F4AD8655B947A4923D7C806BB24A14"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8051877D22D042FFBCBA033165D94FB2">
+    <w:name w:val="8051877D22D042FFBCBA033165D94FB2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B8781070184492A94AAFFF117CB8311">
+    <w:name w:val="3B8781070184492A94AAFFF117CB8311"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6834E74899D426199E3CBCD9E9C01D6">
+    <w:name w:val="B6834E74899D426199E3CBCD9E9C01D6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47DCF464ECEC4FD48CF2887BCCD5E563">
+    <w:name w:val="47DCF464ECEC4FD48CF2887BCCD5E563"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5CF848EE61044FFF8770B9C82E29B6CA">
+    <w:name w:val="5CF848EE61044FFF8770B9C82E29B6CA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79B1361FEFCD4273AB0B07F6A35DFB3A">
+    <w:name w:val="79B1361FEFCD4273AB0B07F6A35DFB3A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CFCDA9D12F34A20B20F30CC6CE1EEA3">
+    <w:name w:val="4CFCDA9D12F34A20B20F30CC6CE1EEA3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3185DC4414A34975BE65289CE8778BB6">
+    <w:name w:val="3185DC4414A34975BE65289CE8778BB6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A52991BB09D4346BC0AABECE299701A">
+    <w:name w:val="3A52991BB09D4346BC0AABECE299701A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE1620B41CF542CDBBD14FBF244F786F">
+    <w:name w:val="DE1620B41CF542CDBBD14FBF244F786F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="992E720443654AE2A6F5C96BA0B34192">
+    <w:name w:val="992E720443654AE2A6F5C96BA0B34192"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EAA2BED1225C4839ACF1B4E6A7D8DA1D">
+    <w:name w:val="EAA2BED1225C4839ACF1B4E6A7D8DA1D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EEAE7743D554394837EDCC3D80BF0BB">
+    <w:name w:val="7EEAE7743D554394837EDCC3D80BF0BB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81B316156E584B2A814C7B4462AFA77C">
+    <w:name w:val="81B316156E584B2A814C7B4462AFA77C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11BB6E371EB347C2A7DCD531EC85CA37">
+    <w:name w:val="11BB6E371EB347C2A7DCD531EC85CA37"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="608CB354228142488E5BEF5EB7A2D236">
+    <w:name w:val="608CB354228142488E5BEF5EB7A2D236"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D657B8AF0DD54900A7EFA6A25D63C9BF">
+    <w:name w:val="D657B8AF0DD54900A7EFA6A25D63C9BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="624E5D3DA39643F1A6F0B45930B5D2D1">
+    <w:name w:val="624E5D3DA39643F1A6F0B45930B5D2D1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8C82F30A07B44C6BDC8544BA4442D49">
+    <w:name w:val="A8C82F30A07B44C6BDC8544BA4442D49"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3342DFB42E241DFA884F7B3B015E58F">
+    <w:name w:val="C3342DFB42E241DFA884F7B3B015E58F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9118F985DC234F828FF2DF4E92248449">
+    <w:name w:val="9118F985DC234F828FF2DF4E92248449"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A728A522CCFF4963B0545A21CBADD25F">
+    <w:name w:val="A728A522CCFF4963B0545A21CBADD25F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15DB98438BFB4C369A47B2FE62F45634">
+    <w:name w:val="15DB98438BFB4C369A47B2FE62F45634"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80CE1980E07541ACA8474975E4F21763">
+    <w:name w:val="80CE1980E07541ACA8474975E4F21763"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DDC4DA241C44F78BAABBDD4ADCF5A4F">
+    <w:name w:val="9DDC4DA241C44F78BAABBDD4ADCF5A4F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E03BF6D3FF574AF48933B9D6D195677E">
+    <w:name w:val="E03BF6D3FF574AF48933B9D6D195677E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28C99340CB5F4F79B0047A313A6A3B0B">
+    <w:name w:val="28C99340CB5F4F79B0047A313A6A3B0B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7939D3D1B70F44E894D1EFEA65D1C6BD">
+    <w:name w:val="7939D3D1B70F44E894D1EFEA65D1C6BD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70F00DADF25246408BF5A07A9499732B">
+    <w:name w:val="70F00DADF25246408BF5A07A9499732B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D158347CDA9541CE98F7C6AD563067BF">
+    <w:name w:val="D158347CDA9541CE98F7C6AD563067BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5BC7B307BBDD47C48F920C6ED999B9BC">
+    <w:name w:val="5BC7B307BBDD47C48F920C6ED999B9BC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DB52F954F61411FBCBC94EFC0707645">
+    <w:name w:val="1DB52F954F61411FBCBC94EFC0707645"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8CE2AFB07AF46D384C48CE9C6D00121">
+    <w:name w:val="F8CE2AFB07AF46D384C48CE9C6D00121"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5633C64BD8194603A1DEAFC207993F36">
+    <w:name w:val="5633C64BD8194603A1DEAFC207993F36"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18661BD368D74A76B286D1B25285EAA2">
+    <w:name w:val="18661BD368D74A76B286D1B25285EAA2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51DE83EB55484BDCA66F26A39F9A8095">
+    <w:name w:val="51DE83EB55484BDCA66F26A39F9A8095"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11E9E488FEDB4C0FA3DEB2EB84433B69">
+    <w:name w:val="11E9E488FEDB4C0FA3DEB2EB84433B69"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5DF5C6F696E944E8A2FD8FA63FB89262">
+    <w:name w:val="5DF5C6F696E944E8A2FD8FA63FB89262"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73B8F7E54263448F899BE58603C23504">
+    <w:name w:val="73B8F7E54263448F899BE58603C23504"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3F034450A984BD8AB4020FCB63DF72C">
+    <w:name w:val="F3F034450A984BD8AB4020FCB63DF72C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FDB2C8DDB719424F91ABB5028088ABDA">
+    <w:name w:val="FDB2C8DDB719424F91ABB5028088ABDA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A880584219E4A8AAF7E742EFC4794F1">
+    <w:name w:val="5A880584219E4A8AAF7E742EFC4794F1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32A785048EBB469B8FC02BD90E4AF4F2">
+    <w:name w:val="32A785048EBB469B8FC02BD90E4AF4F2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1B24E50C48643A8A5D2B4A0BFAB5D88">
+    <w:name w:val="D1B24E50C48643A8A5D2B4A0BFAB5D88"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD90D4C470804C4A8D086DE36F52E441">
+    <w:name w:val="AD90D4C470804C4A8D086DE36F52E441"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C7DE02A0F09406A8F087EA6BFAD48F5">
+    <w:name w:val="9C7DE02A0F09406A8F087EA6BFAD48F5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CE9FC588F8114B05BD0EF364D850D108">
+    <w:name w:val="CE9FC588F8114B05BD0EF364D850D108"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABE1ED867EC740948989B9C0922CA319">
+    <w:name w:val="ABE1ED867EC740948989B9C0922CA319"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="060457512B54424A962CB5E2FCF981C7">
+    <w:name w:val="060457512B54424A962CB5E2FCF981C7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D221ACC97D64268BFC7CDCD0881B95A">
+    <w:name w:val="5D221ACC97D64268BFC7CDCD0881B95A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBEDA502DE684CE0ACA149372B27EC44">
+    <w:name w:val="FBEDA502DE684CE0ACA149372B27EC44"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2101AF09D3B4092887154D374B391C6">
+    <w:name w:val="F2101AF09D3B4092887154D374B391C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C5274750A544471FB62AC99F9B1D3FD4">
+    <w:name w:val="C5274750A544471FB62AC99F9B1D3FD4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="620486AA368D44F2BF6D9262B087E10B">
+    <w:name w:val="620486AA368D44F2BF6D9262B087E10B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB27D0D36C9146FDA7043781E7A2C4F0">
+    <w:name w:val="FB27D0D36C9146FDA7043781E7A2C4F0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B91F3740366D48808737952DF252A764">
+    <w:name w:val="B91F3740366D48808737952DF252A764"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="65FA783C568D4F1EA0A8E2CCAD210AB5">
+    <w:name w:val="65FA783C568D4F1EA0A8E2CCAD210AB5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="884365F98CC249D99644B8329645475B">
+    <w:name w:val="884365F98CC249D99644B8329645475B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4FB69D12C0AC4EB3B357A72131566D95">
+    <w:name w:val="4FB69D12C0AC4EB3B357A72131566D95"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F781907F65C4821A4C635859897C9A6">
+    <w:name w:val="8F781907F65C4821A4C635859897C9A6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D556134AE7E24CD383823C9E8DBDEC20">
+    <w:name w:val="D556134AE7E24CD383823C9E8DBDEC20"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="468E28F0F5DF46DEAB0D23228AE4C815">
+    <w:name w:val="468E28F0F5DF46DEAB0D23228AE4C815"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D462F21DF834620BE83126791F38BB7">
+    <w:name w:val="2D462F21DF834620BE83126791F38BB7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7829E138BD464532ACF131E2DF905327">
+    <w:name w:val="7829E138BD464532ACF131E2DF905327"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="430F44D0E9614B429BE65808BFDDD0AE">
+    <w:name w:val="430F44D0E9614B429BE65808BFDDD0AE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="59ED93B7E94546A9ADE1793878CBA1E4">
+    <w:name w:val="59ED93B7E94546A9ADE1793878CBA1E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="43FB04218EFE45BE92A0E426F3AC76A7">
+    <w:name w:val="43FB04218EFE45BE92A0E426F3AC76A7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D341D307D14C4C77B35F81568CDC9E79">
+    <w:name w:val="D341D307D14C4C77B35F81568CDC9E79"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B61A774786344A19768FF7A913DF0E4">
+    <w:name w:val="2B61A774786344A19768FF7A913DF0E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="06F40BC58BA1406FA353529CBC7BE107">
+    <w:name w:val="06F40BC58BA1406FA353529CBC7BE107"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AC09182BE7F40D399980F7B57A73788">
+    <w:name w:val="2AC09182BE7F40D399980F7B57A73788"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBE4956815314347B2E95AE20E1F5826">
+    <w:name w:val="EBE4956815314347B2E95AE20E1F5826"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD91E9038C964EB4B715D8EBE15F62E7">
+    <w:name w:val="DD91E9038C964EB4B715D8EBE15F62E7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF187B270D56497ABCF734B0E0B316DD">
+    <w:name w:val="AF187B270D56497ABCF734B0E0B316DD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3C6B019B9DA44DBA84F4546E25024E0">
+    <w:name w:val="D3C6B019B9DA44DBA84F4546E25024E0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="28285D2292324C239938E5065F8F5B3A">
+    <w:name w:val="28285D2292324C239938E5065F8F5B3A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0A8BEE3D4CF4F5CB37F85B335837716">
+    <w:name w:val="A0A8BEE3D4CF4F5CB37F85B335837716"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F5E3720EC9E4B2F9C2878DC923F936E">
+    <w:name w:val="4F5E3720EC9E4B2F9C2878DC923F936E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A0FEB1FA6A24D9495E3D6AEC0F21030">
+    <w:name w:val="2A0FEB1FA6A24D9495E3D6AEC0F21030"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C86DE5AEBDF1491FAAEBBD0BC480F333">
+    <w:name w:val="C86DE5AEBDF1491FAAEBBD0BC480F333"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DC0FB4383C241F29E108126BA1FE03B">
+    <w:name w:val="1DC0FB4383C241F29E108126BA1FE03B"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8987177521D84CE89F6FB4F159563050">
+    <w:name w:val="8987177521D84CE89F6FB4F159563050"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A635C49E258B41D19447CF8D32DB2C65">
+    <w:name w:val="A635C49E258B41D19447CF8D32DB2C65"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F770E9A255F45B7B256714291FE5943">
+    <w:name w:val="3F770E9A255F45B7B256714291FE5943"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9353E9529A124181A86A5430E9AB5AED">
+    <w:name w:val="9353E9529A124181A86A5430E9AB5AED"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED1817D9CF0E409B833D338C030015DF">
+    <w:name w:val="ED1817D9CF0E409B833D338C030015DF"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="186C942FDB384CA4AD9EE0D01C401C63">
+    <w:name w:val="186C942FDB384CA4AD9EE0D01C401C63"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6199D87EE5DD4533A1F34A5C34926EB1">
+    <w:name w:val="6199D87EE5DD4533A1F34A5C34926EB1"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7B9438CA09242EFB003810584CA2890">
+    <w:name w:val="B7B9438CA09242EFB003810584CA2890"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED36AAB01D1342A987BEC8CC48CA2C10">
+    <w:name w:val="ED36AAB01D1342A987BEC8CC48CA2C10"/>
+    <w:rsid w:val="00665CE0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8774AD4DC662445F85A44EEFDE0F35C53">
+    <w:name w:val="8774AD4DC662445F85A44EEFDE0F35C53"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F64504E5063446082144C6E54BF4B253">
+    <w:name w:val="7F64504E5063446082144C6E54BF4B253"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F652BB832AE2476A80EABA9C6A2FDBEB1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="405AB017577F47BEAF9FB8AA7889F8983">
+    <w:name w:val="405AB017577F47BEAF9FB8AA7889F8983"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BEC14FB83AE147E0B0209AB104D3F8041">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F652BB832AE2476A80EABA9C6A2FDBEB3">
+    <w:name w:val="F652BB832AE2476A80EABA9C6A2FDBEB3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D103B41C555549FAA2FCEB9CB8CEF9531">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BEC14FB83AE147E0B0209AB104D3F8043">
+    <w:name w:val="BEC14FB83AE147E0B0209AB104D3F8043"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D2F6675A007402F8923A24EC693375C1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D103B41C555549FAA2FCEB9CB8CEF9533">
+    <w:name w:val="D103B41C555549FAA2FCEB9CB8CEF9533"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9BF61DBDB7F4342940D91681BD388CC1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0D2F6675A007402F8923A24EC693375C3">
+    <w:name w:val="0D2F6675A007402F8923A24EC693375C3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F22D4162E73C4E468F2C9CC2744A09FA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9BF61DBDB7F4342940D91681BD388CC3">
+    <w:name w:val="B9BF61DBDB7F4342940D91681BD388CC3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9281E81906E445C78A20E4E7CAAADA901">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F22D4162E73C4E468F2C9CC2744A09FA3">
+    <w:name w:val="F22D4162E73C4E468F2C9CC2744A09FA3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED1A752367184208A06809264BC254431">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9281E81906E445C78A20E4E7CAAADA903">
+    <w:name w:val="9281E81906E445C78A20E4E7CAAADA903"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="209F00D6192B47A888678BFA2B9946821">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED1A752367184208A06809264BC254433">
+    <w:name w:val="ED1A752367184208A06809264BC254433"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31C2E7CB5C484B6F832ACE41694AD5C61">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="209F00D6192B47A888678BFA2B9946823">
+    <w:name w:val="209F00D6192B47A888678BFA2B9946823"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F160C8BEF2D3453988C07E2EBF1A2AC81">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31C2E7CB5C484B6F832ACE41694AD5C63">
+    <w:name w:val="31C2E7CB5C484B6F832ACE41694AD5C63"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80076E776B1C41EA90B560002CCD28C11">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F160C8BEF2D3453988C07E2EBF1A2AC83">
+    <w:name w:val="F160C8BEF2D3453988C07E2EBF1A2AC83"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2959C1DA4D04FA483802352491C57E71">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80076E776B1C41EA90B560002CCD28C13">
+    <w:name w:val="80076E776B1C41EA90B560002CCD28C13"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E10C4741E46400E875932C7FBA0AADA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2959C1DA4D04FA483802352491C57E73">
+    <w:name w:val="A2959C1DA4D04FA483802352491C57E73"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="537D71FCA87843E59A4345B2E1D8583D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E10C4741E46400E875932C7FBA0AADA3">
+    <w:name w:val="9E10C4741E46400E875932C7FBA0AADA3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BFB9599C7E3540E5B6349739E7073F241">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="537D71FCA87843E59A4345B2E1D8583D3">
+    <w:name w:val="537D71FCA87843E59A4345B2E1D8583D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EB2CFEC17A94104B6A7808068815B371">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BFB9599C7E3540E5B6349739E7073F243">
+    <w:name w:val="BFB9599C7E3540E5B6349739E7073F243"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="045BF8C676C642C0B639774FBD4FFC191">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5EB2CFEC17A94104B6A7808068815B373">
+    <w:name w:val="5EB2CFEC17A94104B6A7808068815B373"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F1F6518FB4C4A9EAE01097BF528033F1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F9D497D6C6B47E382C69221F5FBE83E">
+    <w:name w:val="3F9D497D6C6B47E382C69221F5FBE83E"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7851738E7A1847BC9CA39DDD6E568B2D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="045BF8C676C642C0B639774FBD4FFC193">
+    <w:name w:val="045BF8C676C642C0B639774FBD4FFC193"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D0A6258211244B3BEAF292286CA22B41">
-[...29 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F1F6518FB4C4A9EAE01097BF528033F3">
+    <w:name w:val="0F1F6518FB4C4A9EAE01097BF528033F3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADEB27AB01D14F22868DC12FAAF9FF111">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7851738E7A1847BC9CA39DDD6E568B2D3">
+    <w:name w:val="7851738E7A1847BC9CA39DDD6E568B2D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AACF4B6A104466F9BE508DC921E73501">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D0A6258211244B3BEAF292286CA22B43">
+    <w:name w:val="1D0A6258211244B3BEAF292286CA22B43"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C964CB68534642828B412950A66E15B43">
+    <w:name w:val="C964CB68534642828B412950A66E15B43"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C7505E58731471FA169DA381E4C81603">
+    <w:name w:val="9C7505E58731471FA169DA381E4C81603"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B7FFB23E77F4B01A43C69EA4C8456D01">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADEB27AB01D14F22868DC12FAAF9FF113">
+    <w:name w:val="ADEB27AB01D14F22868DC12FAAF9FF113"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32C808B0BC79471488395027ED46601E1">
-[...43 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AACF4B6A104466F9BE508DC921E73503">
+    <w:name w:val="8AACF4B6A104466F9BE508DC921E73503"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9B108A244804C839E4DD755E3D4F8EE1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B7FFB23E77F4B01A43C69EA4C8456D03">
+    <w:name w:val="2B7FFB23E77F4B01A43C69EA4C8456D03"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86F491AA6DCF4E78B9AF62FD0E409A501">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32C808B0BC79471488395027ED46601E3">
+    <w:name w:val="32C808B0BC79471488395027ED46601E3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDD68EDBDEB64713BFDE59202963987D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="855FFC5D0E8649E081C751D3021AFE203">
+    <w:name w:val="855FFC5D0E8649E081C751D3021AFE203"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="66370CFBEF2F46F3811EAC77916666FD1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E26BDBAA79746E48FD8B8D46F1E9FC33">
+    <w:name w:val="7E26BDBAA79746E48FD8B8D46F1E9FC33"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19C31DFB4C2B4E5EA9A5D66654C3A5E51">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B46CFFCC5E32437184323C75D968D00B3">
+    <w:name w:val="B46CFFCC5E32437184323C75D968D00B3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8FDCC82667DE49A382E3713A1C44B6AD1">
-[...43 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9B108A244804C839E4DD755E3D4F8EE3">
+    <w:name w:val="F9B108A244804C839E4DD755E3D4F8EE3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1797DF62187B471BB4AABC14FA0827AE1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86F491AA6DCF4E78B9AF62FD0E409A503">
+    <w:name w:val="86F491AA6DCF4E78B9AF62FD0E409A503"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDD68EDBDEB64713BFDE59202963987D3">
+    <w:name w:val="EDD68EDBDEB64713BFDE59202963987D3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="66370CFBEF2F46F3811EAC77916666FD3">
+    <w:name w:val="66370CFBEF2F46F3811EAC77916666FD3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19C31DFB4C2B4E5EA9A5D66654C3A5E53">
+    <w:name w:val="19C31DFB4C2B4E5EA9A5D66654C3A5E53"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3ABCC607F3E4AAF9257C2A3FBC51AB7">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8FDCC82667DE49A382E3713A1C44B6AD3">
+    <w:name w:val="8FDCC82667DE49A382E3713A1C44B6AD3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B411CD08DC9841F480466D1FA91B5A981">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA6029939CF045EB8999312CDB24FDBA3">
+    <w:name w:val="AA6029939CF045EB8999312CDB24FDBA3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89A9E0891AEC4E0384BFDC5DBB9338F21">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE946D5C845F41D88A217F16DF0A9B783">
+    <w:name w:val="DE946D5C845F41D88A217F16DF0A9B783"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="899C1CC3ACBE422E8AF7ACA4EEE27BB73">
+    <w:name w:val="899C1CC3ACBE422E8AF7ACA4EEE27BB73"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39119AAB3890422EA51401F778BC8C6C1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1797DF62187B471BB4AABC14FA0827AE3">
+    <w:name w:val="1797DF62187B471BB4AABC14FA0827AE3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF3759915C124876BA80524CB4D709E71">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2415EC10832449488C2F2EFC5254F0913">
+    <w:name w:val="2415EC10832449488C2F2EFC5254F0913"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3ABCC607F3E4AAF9257C2A3FBC51AB73">
+    <w:name w:val="A3ABCC607F3E4AAF9257C2A3FBC51AB73"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A5550737BCD49B7BABB7651AEBB34343">
+    <w:name w:val="6A5550737BCD49B7BABB7651AEBB34343"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D6474FA00E64B389FA99125F514E29D3">
+    <w:name w:val="6D6474FA00E64B389FA99125F514E29D3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B1A8B39E4F04D27940E022D962E3AA73">
+    <w:name w:val="0B1A8B39E4F04D27940E022D962E3AA73"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C40A8AD25AAA4740A3C13529123EF4A93">
+    <w:name w:val="C40A8AD25AAA4740A3C13529123EF4A93"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B411CD08DC9841F480466D1FA91B5A983">
+    <w:name w:val="B411CD08DC9841F480466D1FA91B5A983"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89A9E0891AEC4E0384BFDC5DBB9338F23">
+    <w:name w:val="89A9E0891AEC4E0384BFDC5DBB9338F23"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85172F4A8F9648D2B8EEDE8ADE15EC651">
-[...29 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39119AAB3890422EA51401F778BC8C6C3">
+    <w:name w:val="39119AAB3890422EA51401F778BC8C6C3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F3A119F40BF42979C3768B5397E2A071">
-[...43 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF3759915C124876BA80524CB4D709E73">
+    <w:name w:val="CF3759915C124876BA80524CB4D709E73"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB290440E0B6482F8424E433EACDED9D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85172F4A8F9648D2B8EEDE8ADE15EC653">
+    <w:name w:val="85172F4A8F9648D2B8EEDE8ADE15EC653"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="420AC9471F4846E28994E24C42773FEE1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="549195CFFCA943EEA2FFA1530D5C6E8E3">
+    <w:name w:val="549195CFFCA943EEA2FFA1530D5C6E8E3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F41CF53BB9A4F09AD62CEB9190B28921">
-[...43 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6AA4A88416E64047BF0031F85AA24FFD3">
+    <w:name w:val="6AA4A88416E64047BF0031F85AA24FFD3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="860BD7FEEB344D509861C15E6EE4F3211">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F3A119F40BF42979C3768B5397E2A073">
+    <w:name w:val="3F3A119F40BF42979C3768B5397E2A073"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9989BC03213A450FB62BD1C3EFC393A61">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6F1F309F34104280A96C94D15A2496E43">
+    <w:name w:val="6F1F309F34104280A96C94D15A2496E43"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B41162F8ED8A48FFBEA39130B1D6A5861">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="317B74D453F445F5928B74D3CB4206B33">
+    <w:name w:val="317B74D453F445F5928B74D3CB4206B33"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33B53DC4F76145C5AEAC289FB5E3E9721">
-[...57 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F266858AC874293B9F367BC613D04E23">
+    <w:name w:val="2F266858AC874293B9F367BC613D04E23"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0504E564E414854870EE477E26077401">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB290440E0B6482F8424E433EACDED9D3">
+    <w:name w:val="AB290440E0B6482F8424E433EACDED9D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C0852C3FBB943B78E1C59644604C3051">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="420AC9471F4846E28994E24C42773FEE3">
+    <w:name w:val="420AC9471F4846E28994E24C42773FEE3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F41CF53BB9A4F09AD62CEB9190B28923">
+    <w:name w:val="1F41CF53BB9A4F09AD62CEB9190B28923"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="516B9348D2044FCD87804DF02EB6423B3">
+    <w:name w:val="516B9348D2044FCD87804DF02EB6423B3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FD1B6038E104972B00C7310DF3053C93">
+    <w:name w:val="1FD1B6038E104972B00C7310DF3053C93"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA0F4423DE4645EA959A26DD4C96788D3">
+    <w:name w:val="AA0F4423DE4645EA959A26DD4C96788D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72FCA82D06634C3E9E11D38FA332AA791">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="860BD7FEEB344D509861C15E6EE4F3213">
+    <w:name w:val="860BD7FEEB344D509861C15E6EE4F3213"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9989BC03213A450FB62BD1C3EFC393A63">
+    <w:name w:val="9989BC03213A450FB62BD1C3EFC393A63"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B41162F8ED8A48FFBEA39130B1D6A5863">
+    <w:name w:val="B41162F8ED8A48FFBEA39130B1D6A5863"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33B53DC4F76145C5AEAC289FB5E3E9723">
+    <w:name w:val="33B53DC4F76145C5AEAC289FB5E3E9723"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="09B04E5052A341E0BC4708B1D35579983">
+    <w:name w:val="09B04E5052A341E0BC4708B1D35579983"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B632588FCDFC4B82855CE245A36EECF93">
+    <w:name w:val="B632588FCDFC4B82855CE245A36EECF93"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF211C52A132419F8CE10233F3FC4A963">
+    <w:name w:val="EF211C52A132419F8CE10233F3FC4A963"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD88910CDCF2423EB5BA862FC041D9873">
+    <w:name w:val="AD88910CDCF2423EB5BA862FC041D9873"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A73D5758E4D404A81614CF902F2634D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0504E564E414854870EE477E26077403">
+    <w:name w:val="C0504E564E414854870EE477E26077403"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DE1049A7E7E4A80A1BBBB8E8B7903233">
+    <w:name w:val="8DE1049A7E7E4A80A1BBBB8E8B7903233"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3995CD2EB7CC46FEB9F010A24CF400293">
+    <w:name w:val="3995CD2EB7CC46FEB9F010A24CF400293"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94F29A36419740DFA74B810ACDF99D3E3">
+    <w:name w:val="94F29A36419740DFA74B810ACDF99D3E3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2B69D7F1ED624DA9B6B23621AEF736623">
+    <w:name w:val="2B69D7F1ED624DA9B6B23621AEF736623"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2C91DF4F49E4B678156428AB47BFBBF3">
+    <w:name w:val="A2C91DF4F49E4B678156428AB47BFBBF3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="74F640E98F824DF18DF2927E611075A53">
+    <w:name w:val="74F640E98F824DF18DF2927E611075A53"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA39414977CB45818084F9A07F702DB93">
+    <w:name w:val="AA39414977CB45818084F9A07F702DB93"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8BD7CC175CE549BBBAD3D1F275604E3B3">
+    <w:name w:val="8BD7CC175CE549BBBAD3D1F275604E3B3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6097EAC6450D4345BBC31580A6F7D0D93">
+    <w:name w:val="6097EAC6450D4345BBC31580A6F7D0D93"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C0852C3FBB943B78E1C59644604C3053">
+    <w:name w:val="2C0852C3FBB943B78E1C59644604C3053"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E0BC7F6173141C7882D443793F8E6F01">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72FCA82D06634C3E9E11D38FA332AA793">
+    <w:name w:val="72FCA82D06634C3E9E11D38FA332AA793"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7E14072B3F142E28AB420BE873A1F851">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A73D5758E4D404A81614CF902F2634D3">
+    <w:name w:val="1A73D5758E4D404A81614CF902F2634D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4226E83D45B74DADA9E9C69B63CB8EC11">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E0BC7F6173141C7882D443793F8E6F03">
+    <w:name w:val="2E0BC7F6173141C7882D443793F8E6F03"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="637A49882EE045AB877AC0D9B6532A6F1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7E14072B3F142E28AB420BE873A1F853">
+    <w:name w:val="D7E14072B3F142E28AB420BE873A1F853"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD444F7469EB4D36BF3D90EAF4BFF4731">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4226E83D45B74DADA9E9C69B63CB8EC13">
+    <w:name w:val="4226E83D45B74DADA9E9C69B63CB8EC13"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="846FB79FCD05441089C526D004112DE61">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="637A49882EE045AB877AC0D9B6532A6F3">
+    <w:name w:val="637A49882EE045AB877AC0D9B6532A6F3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92B6A26FB0EC4326877D83F1906A74001">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD444F7469EB4D36BF3D90EAF4BFF4733">
+    <w:name w:val="FD444F7469EB4D36BF3D90EAF4BFF4733"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F5A4E0FD9C94B348A51748A704815321">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="846FB79FCD05441089C526D004112DE63">
+    <w:name w:val="846FB79FCD05441089C526D004112DE63"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41E53D7EB5494E9681315E1B341710371">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92B6A26FB0EC4326877D83F1906A74003">
+    <w:name w:val="92B6A26FB0EC4326877D83F1906A74003"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2AC72CD973940D4891A08C1B14EAA851">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F5A4E0FD9C94B348A51748A704815323">
+    <w:name w:val="3F5A4E0FD9C94B348A51748A704815323"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8849534816304F3FA63BEE491A4F7CFF1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41E53D7EB5494E9681315E1B341710373">
+    <w:name w:val="41E53D7EB5494E9681315E1B341710373"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D101D62074846DBA0026AEBB569F95D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2AC72CD973940D4891A08C1B14EAA853">
+    <w:name w:val="D2AC72CD973940D4891A08C1B14EAA853"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="716A784EFFD148788E9BA30088E840BE1">
-[...15 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8849534816304F3FA63BEE491A4F7CFF3">
+    <w:name w:val="8849534816304F3FA63BEE491A4F7CFF3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D79043C0D7FB4533B5FFCCD94676941D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D101D62074846DBA0026AEBB569F95D3">
+    <w:name w:val="4D101D62074846DBA0026AEBB569F95D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3F709A6933749309CFB1C7CE5B010891">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="716A784EFFD148788E9BA30088E840BE3">
+    <w:name w:val="716A784EFFD148788E9BA30088E840BE3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="57582F3321E949488BFC8E297A86FF273">
+    <w:name w:val="57582F3321E949488BFC8E297A86FF273"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D22F68D458D548F4ABAF0A01C557585D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D79043C0D7FB4533B5FFCCD94676941D3">
+    <w:name w:val="D79043C0D7FB4533B5FFCCD94676941D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC373C906C89414F8A60712CC1D700601">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3F709A6933749309CFB1C7CE5B010893">
+    <w:name w:val="A3F709A6933749309CFB1C7CE5B010893"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="967ACD91970D4C84844F818A7D400F491">
-[...43 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D22F68D458D548F4ABAF0A01C557585D3">
+    <w:name w:val="D22F68D458D548F4ABAF0A01C557585D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F29985BFFBD47FFA251817D26FF78891">
-[...15 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC373C906C89414F8A60712CC1D700603">
+    <w:name w:val="DC373C906C89414F8A60712CC1D700603"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA16644742FA46DA86F1BE6887679E061">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="967ACD91970D4C84844F818A7D400F493">
+    <w:name w:val="967ACD91970D4C84844F818A7D400F493"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78FD6F30064D49E9939545BAD62A507D3">
+    <w:name w:val="78FD6F30064D49E9939545BAD62A507D3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63E885F6988E4EC28FD0DE79DF1459FF3">
+    <w:name w:val="63E885F6988E4EC28FD0DE79DF1459FF3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA6ACEFE31DF4CF9BE6E64637888502C3">
+    <w:name w:val="BA6ACEFE31DF4CF9BE6E64637888502C3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="94E7E680D08F40E6A4DEA9CCD071CFD53">
+    <w:name w:val="94E7E680D08F40E6A4DEA9CCD071CFD53"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="339C26EC09CB44AEA94FCF256458979B1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7F29985BFFBD47FFA251817D26FF78893">
+    <w:name w:val="7F29985BFFBD47FFA251817D26FF78893"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AF1B11459A649959E30D5550D95EA303">
+    <w:name w:val="2AF1B11459A649959E30D5550D95EA303"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="800B3054D7EE4B1E8613CD230680AA901">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA16644742FA46DA86F1BE6887679E063">
+    <w:name w:val="EA16644742FA46DA86F1BE6887679E063"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51C13CD980B74A4F983BD2EBDBA97F771">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="339C26EC09CB44AEA94FCF256458979B3">
+    <w:name w:val="339C26EC09CB44AEA94FCF256458979B3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6129ADB8E0514B15A0FFE872EDC7CD4B1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="800B3054D7EE4B1E8613CD230680AA903">
+    <w:name w:val="800B3054D7EE4B1E8613CD230680AA903"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED2DA2B51C104F62AE62F6826B35CF021">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51C13CD980B74A4F983BD2EBDBA97F773">
+    <w:name w:val="51C13CD980B74A4F983BD2EBDBA97F773"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B836767C8C9340D7BB8C06652C27320E1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6129ADB8E0514B15A0FFE872EDC7CD4B3">
+    <w:name w:val="6129ADB8E0514B15A0FFE872EDC7CD4B3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1951FBDF47F4D28B29A2D42117413FF1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED2DA2B51C104F62AE62F6826B35CF023">
+    <w:name w:val="ED2DA2B51C104F62AE62F6826B35CF023"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A714FADC4337419898D2E169BD33CA661">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B836767C8C9340D7BB8C06652C27320E3">
+    <w:name w:val="B836767C8C9340D7BB8C06652C27320E3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA1334183B6043AA8A26084310CBFBFA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1951FBDF47F4D28B29A2D42117413FF3">
+    <w:name w:val="E1951FBDF47F4D28B29A2D42117413FF3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89D1DD46E50245459F52592AD1250CA11">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A714FADC4337419898D2E169BD33CA663">
+    <w:name w:val="A714FADC4337419898D2E169BD33CA663"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="667073D5F52A43E293DC31C63A0C26BE1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA1334183B6043AA8A26084310CBFBFA3">
+    <w:name w:val="DA1334183B6043AA8A26084310CBFBFA3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="536B35E5C40242EBA05BD5CC5D84E3201">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89D1DD46E50245459F52592AD1250CA13">
+    <w:name w:val="89D1DD46E50245459F52592AD1250CA13"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FB73CA7561D450D917C6D462D3648791">
-[...15 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="667073D5F52A43E293DC31C63A0C26BE3">
+    <w:name w:val="667073D5F52A43E293DC31C63A0C26BE3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75FA413C53C2460B91A02DDAE256B3521">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="536B35E5C40242EBA05BD5CC5D84E3203">
+    <w:name w:val="536B35E5C40242EBA05BD5CC5D84E3203"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="669FC52C985E4E7BB048BEE4F46726241">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FB73CA7561D450D917C6D462D3648793">
+    <w:name w:val="5FB73CA7561D450D917C6D462D3648793"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AFAEF8C976694D7BA0B7E0FD423264F83">
+    <w:name w:val="AFAEF8C976694D7BA0B7E0FD423264F83"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="777DE85F0EC04DA4B4ACDEBB9077C5BA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75FA413C53C2460B91A02DDAE256B3523">
+    <w:name w:val="75FA413C53C2460B91A02DDAE256B3523"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49252069AAAF4CC08DDB07F6BC4569701">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="669FC52C985E4E7BB048BEE4F46726243">
+    <w:name w:val="669FC52C985E4E7BB048BEE4F46726243"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA81CC45EBDD49CCBBEA0884FAB6104D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="777DE85F0EC04DA4B4ACDEBB9077C5BA3">
+    <w:name w:val="777DE85F0EC04DA4B4ACDEBB9077C5BA3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2440B0DA5BD84314B9788812443413921">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49252069AAAF4CC08DDB07F6BC4569703">
+    <w:name w:val="49252069AAAF4CC08DDB07F6BC4569703"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D083FA893154C0A8B8218FDACBAB2441">
-[...15 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA81CC45EBDD49CCBBEA0884FAB6104D3">
+    <w:name w:val="DA81CC45EBDD49CCBBEA0884FAB6104D3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49785867C9A1423CA802A1160D2CB9E11">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2440B0DA5BD84314B9788812443413923">
+    <w:name w:val="2440B0DA5BD84314B9788812443413923"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1E79B6C181F4FA4B13E1E3E3B4E11FD1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D083FA893154C0A8B8218FDACBAB2443">
+    <w:name w:val="3D083FA893154C0A8B8218FDACBAB2443"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="509248F9B15A4A3D8532F9071F72FCFD3">
+    <w:name w:val="509248F9B15A4A3D8532F9071F72FCFD3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E06F7D9B62C40E7B858C2C523176D741">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49785867C9A1423CA802A1160D2CB9E13">
+    <w:name w:val="49785867C9A1423CA802A1160D2CB9E13"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC398420EF65436CB040E44D0AAF88E11">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1E79B6C181F4FA4B13E1E3E3B4E11FD3">
+    <w:name w:val="E1E79B6C181F4FA4B13E1E3E3B4E11FD3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2225D062149B4DA2A8E02AC1971AC9A51">
-[...15 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E06F7D9B62C40E7B858C2C523176D743">
+    <w:name w:val="4E06F7D9B62C40E7B858C2C523176D743"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB0122C09149415CAF2AA23838581CE01">
-[...43 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC398420EF65436CB040E44D0AAF88E13">
+    <w:name w:val="EC398420EF65436CB040E44D0AAF88E13"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="817897FE28C545B8A34155A809AAD32A1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2225D062149B4DA2A8E02AC1971AC9A53">
+    <w:name w:val="2225D062149B4DA2A8E02AC1971AC9A53"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17FCC833BBCE439ABAB40FBE990B00EF3">
+    <w:name w:val="17FCC833BBCE439ABAB40FBE990B00EF3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFE70B705D864ACBAAB86FEBDD8DC86E1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB0122C09149415CAF2AA23838581CE03">
+    <w:name w:val="DB0122C09149415CAF2AA23838581CE03"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AB50A15F1434866BAD0709EAB874E0D3">
+    <w:name w:val="1AB50A15F1434866BAD0709EAB874E0D3"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A74FF00B51F54718B83FC27AD2500E493">
+    <w:name w:val="A74FF00B51F54718B83FC27AD2500E493"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D048788132D43B88B6E638E4C5F35903">
+    <w:name w:val="4D048788132D43B88B6E638E4C5F35903"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D129D9EB64974E83B338A122B1108B891">
-[...15 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="817897FE28C545B8A34155A809AAD32A3">
+    <w:name w:val="817897FE28C545B8A34155A809AAD32A3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA4C7490615647C397E1C7BBCA2D43EF1">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFE70B705D864ACBAAB86FEBDD8DC86E3">
+    <w:name w:val="FFE70B705D864ACBAAB86FEBDD8DC86E3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C2A3FEC225C4C21A7D8F4C8CA464EF11">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D129D9EB64974E83B338A122B1108B893">
+    <w:name w:val="D129D9EB64974E83B338A122B1108B893"/>
+    <w:rsid w:val="00A36186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CAE82468D3C64D638B22215D02A519AF3">
+    <w:name w:val="CAE82468D3C64D638B22215D02A519AF3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01D6E10AF8A44E5C82AB55B7743571371">
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5EA7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA4C7490615647C397E1C7BBCA2D43EF3">
+    <w:name w:val="AA4C7490615647C397E1C7BBCA2D43EF3"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A5550737BCD49B7BABB7651AEBB3434">
-[...69 lines deleted...]
-    <w:rsid w:val="00A77CBA"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C2A3FEC225C4C21A7D8F4C8CA464EF13">
+    <w:name w:val="3C2A3FEC225C4C21A7D8F4C8CA464EF13"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-      </w:numPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="405AB017577F47BEAF9FB8AA7889F898">
-[...8556 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="01D6E10AF8A44E5C82AB55B7743571373">
     <w:name w:val="01D6E10AF8A44E5C82AB55B7743571373"/>
-    <w:rsid w:val="00A77CBA"/>
+    <w:rsid w:val="00A36186"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="360"/>
-[...5743 lines deleted...]
-        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1133" w:right="288" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -47738,72 +49269,55 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001A6216B4379A39408481E007B55F9D28" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cc42bf863d0623ce0fbd55c26c73c864">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0eb604ce-1903-40a9-ba5b-bcb081763ff9" xmlns:ns3="c347c865-7445-42cf-9bfc-9256b9f4e567" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8aa779980edfc7fd4d4ff7b38fe19655" ns2:_="" ns3:_="">
     <xsd:import namespace="0eb604ce-1903-40a9-ba5b-bcb081763ff9"/>
     <xsd:import namespace="c347c865-7445-42cf-9bfc-9256b9f4e567"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Comments" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -48008,123 +49522,162 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c347c865-7445-42cf-9bfc-9256b9f4e567" xsi:nil="true"/>
+    <Comments xmlns="0eb604ce-1903-40a9-ba5b-bcb081763ff9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0eb604ce-1903-40a9-ba5b-bcb081763ff9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABF2F110-9A72-4710-A472-286415CA9F6D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0eb604ce-1903-40a9-ba5b-bcb081763ff9"/>
     <ds:schemaRef ds:uri="c347c865-7445-42cf-9bfc-9256b9f4e567"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08BEA995-1820-4216-89BE-B14AB000C033}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8945396-5584-40F6-A83D-43EF793562B3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0eb604ce-1903-40a9-ba5b-bcb081763ff9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c347c865-7445-42cf-9bfc-9256b9f4e567"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6815C3E6-E2D5-49D3-BA60-050E2FA8368A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>11107</Characters>
+  <Pages>12</Pages>
+  <Words>2051</Words>
+  <Characters>11696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13029</CharactersWithSpaces>
+  <CharactersWithSpaces>13720</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>site#</dc:title>
+  <dc:title/>
   <dc:subject/>
   <dc:creator>Brenna Spray -MDP-</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001A6216B4379A39408481E007B55F9D28</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>